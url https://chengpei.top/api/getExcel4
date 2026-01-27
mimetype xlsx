--- v0 (2025-10-14)
+++ v1 (2026-01-27)
@@ -137,490 +137,490 @@
     <col min="27" max="27" width="2.734375" customWidth="true"/>
     <col min="28" max="28" width="2.734375" customWidth="true"/>
     <col min="29" max="29" width="2.734375" customWidth="true"/>
     <col min="30" max="30" width="2.734375" customWidth="true"/>
     <col min="31" max="31" width="2.734375" customWidth="true"/>
     <col min="32" max="32" width="2.734375" customWidth="true"/>
     <col min="33" max="33" width="2.734375" customWidth="true"/>
     <col min="34" max="34" width="2.734375" customWidth="true"/>
     <col min="35" max="35" width="2.734375" customWidth="true"/>
     <col min="36" max="36" width="2.734375" customWidth="true"/>
     <col min="37" max="37" width="2.734375" customWidth="true"/>
     <col min="38" max="38" width="2.734375" customWidth="true"/>
     <col min="39" max="39" width="2.734375" customWidth="true"/>
     <col min="40" max="40" width="2.734375" customWidth="true"/>
     <col min="41" max="41" width="2.734375" customWidth="true"/>
     <col min="42" max="42" width="2.734375" customWidth="true"/>
     <col min="43" max="43" width="2.734375" customWidth="true"/>
     <col min="44" max="44" width="2.734375" customWidth="true"/>
     <col min="45" max="45" width="2.734375" customWidth="true"/>
     <col min="46" max="46" width="2.734375" customWidth="true"/>
     <col min="47" max="47" width="2.734375" customWidth="true"/>
     <col min="48" max="48" width="2.734375" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1" ht="15.0" customHeight="true">
-      <c r="A1" s="4"/>
+      <c r="A1" t="n" s="3">
+        <v>1.0</v>
+      </c>
       <c r="B1" t="n" s="3">
         <v>3.0</v>
       </c>
       <c r="C1" t="n" s="3">
-        <v>5.0</v>
+        <v>4.0</v>
       </c>
       <c r="D1" t="n" s="3">
-        <v>2.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>5.0</v>
+      </c>
+      <c r="E1" s="4"/>
       <c r="F1"/>
       <c r="G1"/>
-      <c r="H1" s="4"/>
+      <c r="H1" t="n" s="3">
+        <v>3.0</v>
+      </c>
       <c r="I1" t="n" s="3">
-        <v>3.0</v>
+        <v>2.0</v>
       </c>
       <c r="J1" t="n" s="3">
-        <v>2.0</v>
-[...6 lines deleted...]
-      </c>
+        <v>1.0</v>
+      </c>
+      <c r="K1" s="4"/>
+      <c r="L1" s="4"/>
       <c r="M1"/>
       <c r="N1"/>
-      <c r="O1" s="4"/>
+      <c r="O1" t="n" s="3">
+        <v>2.0</v>
+      </c>
       <c r="P1" t="n" s="3">
-        <v>2.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>1.0</v>
+      </c>
+      <c r="Q1" s="4"/>
       <c r="R1" t="n" s="3">
-        <v>5.0</v>
+        <v>3.0</v>
       </c>
       <c r="S1" t="n" s="3">
         <v>4.0</v>
       </c>
       <c r="T1"/>
       <c r="U1"/>
       <c r="V1" t="n" s="3">
-        <v>4.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>3.0</v>
+      </c>
+      <c r="W1" s="4"/>
       <c r="X1" t="n" s="3">
         <v>2.0</v>
       </c>
       <c r="Y1" t="n" s="3">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="Z1" t="n" s="3">
-        <v>1.0</v>
+        <v>5.0</v>
       </c>
       <c r="AA1"/>
       <c r="AB1"/>
       <c r="AC1" t="n" s="3">
-        <v>2.0</v>
+        <v>3.0</v>
       </c>
       <c r="AD1" t="n" s="3">
         <v>5.0</v>
       </c>
-      <c r="AE1" s="4"/>
-      <c r="AF1" s="4"/>
+      <c r="AE1" t="n" s="3">
+        <v>2.0</v>
+      </c>
+      <c r="AF1" t="n" s="3">
+        <v>1.0</v>
+      </c>
       <c r="AG1" t="n" s="3">
-        <v>1.0</v>
+        <v>4.0</v>
       </c>
       <c r="AH1"/>
       <c r="AI1"/>
       <c r="AJ1"/>
       <c r="AK1"/>
       <c r="AL1"/>
       <c r="AM1"/>
       <c r="AN1"/>
       <c r="AO1"/>
       <c r="AP1"/>
       <c r="AQ1"/>
       <c r="AR1"/>
       <c r="AS1"/>
       <c r="AT1"/>
       <c r="AU1"/>
       <c r="AV1"/>
       <c r="AW1"/>
       <c r="AX1"/>
     </row>
     <row r="2" ht="15.0" customHeight="true">
       <c r="A2" t="n" s="3">
-        <v>3.0</v>
-[...1 lines deleted...]
-      <c r="B2" s="4"/>
+        <v>2.0</v>
+      </c>
+      <c r="B2" t="n" s="3">
+        <v>5.0</v>
+      </c>
       <c r="C2" t="n" s="3">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="D2" t="n" s="3">
-        <v>5.0</v>
+        <v>4.0</v>
       </c>
       <c r="E2" t="n" s="3">
-        <v>2.0</v>
+        <v>3.0</v>
       </c>
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2" t="n" s="3">
-        <v>2.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>1.0</v>
+      </c>
+      <c r="I2" s="4"/>
       <c r="J2" t="n" s="3">
-        <v>5.0</v>
-[...2 lines deleted...]
-      <c r="L2" s="4"/>
+        <v>3.0</v>
+      </c>
+      <c r="K2" t="n" s="3">
+        <v>2.0</v>
+      </c>
+      <c r="L2" t="n" s="3">
+        <v>4.0</v>
+      </c>
       <c r="M2"/>
       <c r="N2"/>
       <c r="O2" t="n" s="3">
         <v>3.0</v>
       </c>
-      <c r="P2" t="n" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="P2" s="4"/>
       <c r="Q2" t="n" s="3">
-        <v>2.0</v>
+        <v>4.0</v>
       </c>
       <c r="R2" s="4"/>
       <c r="S2" t="n" s="3">
         <v>1.0</v>
       </c>
       <c r="T2"/>
       <c r="U2"/>
-      <c r="V2" t="n" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="V2" s="4"/>
       <c r="W2" t="n" s="3">
         <v>2.0</v>
       </c>
-      <c r="X2" s="4"/>
-      <c r="Y2" s="4"/>
+      <c r="X2" t="n" s="3">
+        <v>3.0</v>
+      </c>
+      <c r="Y2" t="n" s="3">
+        <v>5.0</v>
+      </c>
       <c r="Z2" t="n" s="3">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
       <c r="AA2"/>
       <c r="AB2"/>
-      <c r="AC2" s="4"/>
+      <c r="AC2" t="n" s="3">
+        <v>4.0</v>
+      </c>
       <c r="AD2" s="4"/>
       <c r="AE2" t="n" s="3">
-        <v>2.0</v>
+        <v>5.0</v>
       </c>
       <c r="AF2" t="n" s="3">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="AG2" t="n" s="3">
-        <v>3.0</v>
+        <v>2.0</v>
       </c>
       <c r="AH2"/>
       <c r="AI2"/>
       <c r="AJ2"/>
       <c r="AK2"/>
       <c r="AL2"/>
       <c r="AM2"/>
       <c r="AN2"/>
       <c r="AO2"/>
       <c r="AP2"/>
       <c r="AQ2"/>
       <c r="AR2"/>
       <c r="AS2"/>
       <c r="AT2"/>
       <c r="AU2"/>
       <c r="AV2"/>
       <c r="AW2"/>
       <c r="AX2"/>
     </row>
     <row r="3" ht="15.0" customHeight="true">
       <c r="A3" t="n" s="3">
-        <v>2.0</v>
-[...7 lines deleted...]
-      <c r="D3" s="4"/>
+        <v>3.0</v>
+      </c>
+      <c r="B3" s="4"/>
+      <c r="C3" s="4"/>
+      <c r="D3" t="n" s="3">
+        <v>1.0</v>
+      </c>
       <c r="E3" t="n" s="3">
-        <v>5.0</v>
+        <v>4.0</v>
       </c>
       <c r="F3"/>
       <c r="G3"/>
-      <c r="H3" t="n" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="H3" s="4"/>
       <c r="I3" t="n" s="3">
-        <v>2.0</v>
+        <v>4.0</v>
       </c>
       <c r="J3" t="n" s="3">
-        <v>1.0</v>
+        <v>5.0</v>
       </c>
       <c r="K3" t="n" s="3">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="L3" t="n" s="3">
-        <v>5.0</v>
+        <v>3.0</v>
       </c>
       <c r="M3"/>
       <c r="N3"/>
       <c r="O3" t="n" s="3">
-        <v>2.0</v>
+        <v>5.0</v>
       </c>
       <c r="P3" t="n" s="3">
-        <v>1.0</v>
+        <v>4.0</v>
       </c>
       <c r="Q3" t="n" s="3">
-        <v>4.0</v>
+        <v>2.0</v>
       </c>
       <c r="R3" t="n" s="3">
-        <v>3.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>1.0</v>
+      </c>
+      <c r="S3" s="4"/>
       <c r="T3"/>
       <c r="U3"/>
-      <c r="V3" s="4"/>
+      <c r="V3" t="n" s="3">
+        <v>2.0</v>
+      </c>
       <c r="W3" t="n" s="3">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="X3" t="n" s="3">
         <v>5.0</v>
       </c>
       <c r="Y3" t="n" s="3">
         <v>4.0</v>
       </c>
-      <c r="Z3" s="4"/>
+      <c r="Z3" t="n" s="3">
+        <v>1.0</v>
+      </c>
       <c r="AA3"/>
       <c r="AB3"/>
       <c r="AC3" t="n" s="3">
-        <v>4.0</v>
+        <v>2.0</v>
       </c>
       <c r="AD3" t="n" s="3">
-        <v>1.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>4.0</v>
+      </c>
+      <c r="AE3" s="4"/>
       <c r="AF3" t="n" s="3">
-        <v>3.0</v>
+        <v>5.0</v>
       </c>
       <c r="AG3" t="n" s="3">
-        <v>2.0</v>
+        <v>3.0</v>
       </c>
       <c r="AH3"/>
       <c r="AI3"/>
       <c r="AJ3"/>
       <c r="AK3"/>
       <c r="AL3"/>
       <c r="AM3"/>
       <c r="AN3"/>
       <c r="AO3"/>
       <c r="AP3"/>
       <c r="AQ3"/>
       <c r="AR3"/>
       <c r="AS3"/>
       <c r="AT3"/>
       <c r="AU3"/>
       <c r="AV3"/>
       <c r="AW3"/>
       <c r="AX3"/>
     </row>
     <row r="4" ht="15.0" customHeight="true">
-      <c r="A4" t="n" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="A4" s="4"/>
       <c r="B4" t="n" s="3">
-        <v>5.0</v>
-[...1 lines deleted...]
-      <c r="C4" s="4"/>
+        <v>4.0</v>
+      </c>
+      <c r="C4" t="n" s="3">
+        <v>3.0</v>
+      </c>
       <c r="D4" t="n" s="3">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="E4" t="n" s="3">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="F4"/>
       <c r="G4"/>
       <c r="H4" t="n" s="3">
-        <v>3.0</v>
+        <v>5.0</v>
       </c>
       <c r="I4" t="n" s="3">
-        <v>5.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>1.0</v>
+      </c>
+      <c r="J4" s="4"/>
       <c r="K4" t="n" s="3">
-        <v>2.0</v>
+        <v>3.0</v>
       </c>
       <c r="L4" t="n" s="3">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="M4"/>
       <c r="N4"/>
       <c r="O4" t="n" s="3">
-        <v>5.0</v>
-[...1 lines deleted...]
-      <c r="P4" s="4"/>
+        <v>4.0</v>
+      </c>
+      <c r="P4" t="n" s="3">
+        <v>3.0</v>
+      </c>
       <c r="Q4" t="n" s="3">
         <v>1.0</v>
       </c>
       <c r="R4" t="n" s="3">
-        <v>2.0</v>
-[...1 lines deleted...]
-      <c r="S4" s="4"/>
+        <v>5.0</v>
+      </c>
+      <c r="S4" t="n" s="3">
+        <v>2.0</v>
+      </c>
       <c r="T4"/>
       <c r="U4"/>
       <c r="V4" t="n" s="3">
-        <v>2.0</v>
-[...10 lines deleted...]
-      </c>
+        <v>4.0</v>
+      </c>
+      <c r="W4" t="n" s="3">
+        <v>5.0</v>
+      </c>
+      <c r="X4" s="4"/>
+      <c r="Y4" s="4"/>
+      <c r="Z4" s="4"/>
       <c r="AA4"/>
       <c r="AB4"/>
-      <c r="AC4" t="n" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="AC4" s="4"/>
       <c r="AD4" t="n" s="3">
-        <v>2.0</v>
+        <v>3.0</v>
       </c>
       <c r="AE4" t="n" s="3">
-        <v>1.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>4.0</v>
+      </c>
+      <c r="AF4" s="4"/>
       <c r="AG4" s="4"/>
       <c r="AH4"/>
       <c r="AI4"/>
       <c r="AJ4"/>
       <c r="AK4"/>
       <c r="AL4"/>
       <c r="AM4"/>
       <c r="AN4"/>
       <c r="AO4"/>
       <c r="AP4"/>
       <c r="AQ4"/>
       <c r="AR4"/>
       <c r="AS4"/>
       <c r="AT4"/>
       <c r="AU4"/>
       <c r="AV4"/>
       <c r="AW4"/>
       <c r="AX4"/>
     </row>
     <row r="5" ht="15.0" customHeight="true">
       <c r="A5" t="n" s="3">
-        <v>5.0</v>
+        <v>4.0</v>
       </c>
       <c r="B5" t="n" s="3">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="C5" t="n" s="3">
-        <v>3.0</v>
-[...4 lines deleted...]
-      <c r="E5" s="4"/>
+        <v>2.0</v>
+      </c>
+      <c r="D5" s="4"/>
+      <c r="E5" t="n" s="3">
+        <v>5.0</v>
+      </c>
       <c r="F5"/>
       <c r="G5"/>
       <c r="H5" t="n" s="3">
-        <v>1.0</v>
-[...2 lines deleted...]
-      <c r="J5" s="4"/>
+        <v>4.0</v>
+      </c>
+      <c r="I5" t="n" s="3">
+        <v>3.0</v>
+      </c>
+      <c r="J5" t="n" s="3">
+        <v>2.0</v>
+      </c>
       <c r="K5" t="n" s="3">
         <v>5.0</v>
       </c>
       <c r="L5" t="n" s="3">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="M5"/>
       <c r="N5"/>
-      <c r="O5" t="n" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="O5" s="4"/>
       <c r="P5" t="n" s="3">
-        <v>3.0</v>
-[...1 lines deleted...]
-      <c r="Q5" s="4"/>
+        <v>2.0</v>
+      </c>
+      <c r="Q5" t="n" s="3">
+        <v>3.0</v>
+      </c>
       <c r="R5" t="n" s="3">
-        <v>1.0</v>
+        <v>4.0</v>
       </c>
       <c r="S5" t="n" s="3">
-        <v>2.0</v>
+        <v>5.0</v>
       </c>
       <c r="T5"/>
       <c r="U5"/>
       <c r="V5" t="n" s="3">
-        <v>1.0</v>
+        <v>5.0</v>
       </c>
       <c r="W5" t="n" s="3">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="X5" t="n" s="3">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
       <c r="Y5" t="n" s="3">
-        <v>2.0</v>
+        <v>3.0</v>
       </c>
       <c r="Z5" t="n" s="3">
-        <v>5.0</v>
+        <v>2.0</v>
       </c>
       <c r="AA5"/>
       <c r="AB5"/>
       <c r="AC5" t="n" s="3">
-        <v>1.0</v>
+        <v>5.0</v>
       </c>
       <c r="AD5" t="n" s="3">
-        <v>3.0</v>
+        <v>2.0</v>
       </c>
       <c r="AE5" t="n" s="3">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
       <c r="AF5" t="n" s="3">
-        <v>2.0</v>
+        <v>4.0</v>
       </c>
       <c r="AG5" t="n" s="3">
-        <v>5.0</v>
+        <v>1.0</v>
       </c>
       <c r="AH5"/>
       <c r="AI5"/>
       <c r="AJ5"/>
       <c r="AK5"/>
       <c r="AL5"/>
       <c r="AM5"/>
       <c r="AN5"/>
       <c r="AO5"/>
       <c r="AP5"/>
       <c r="AQ5"/>
       <c r="AR5"/>
       <c r="AS5"/>
       <c r="AT5"/>
       <c r="AU5"/>
       <c r="AV5"/>
       <c r="AW5"/>
       <c r="AX5"/>
     </row>
     <row r="6" ht="15.0" customHeight="true">
       <c r="A6"/>
       <c r="B6"/>
       <c r="C6"/>
       <c r="D6"/>
       <c r="E6"/>
@@ -651,488 +651,488 @@
       <c r="AD6"/>
       <c r="AE6"/>
       <c r="AF6"/>
       <c r="AG6"/>
       <c r="AH6"/>
       <c r="AI6"/>
       <c r="AJ6"/>
       <c r="AK6"/>
       <c r="AL6"/>
       <c r="AM6"/>
       <c r="AN6"/>
       <c r="AO6"/>
       <c r="AP6"/>
       <c r="AQ6"/>
       <c r="AR6"/>
       <c r="AS6"/>
       <c r="AT6"/>
       <c r="AU6"/>
       <c r="AV6"/>
       <c r="AW6"/>
       <c r="AX6"/>
     </row>
     <row r="7" ht="15.0" customHeight="true">
       <c r="A7" s="4"/>
       <c r="B7" t="n" s="3">
-        <v>4.0</v>
+        <v>5.0</v>
       </c>
       <c r="C7" t="n" s="3">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="D7" t="n" s="3">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
       <c r="E7" t="n" s="3">
-        <v>5.0</v>
+        <v>1.0</v>
       </c>
       <c r="F7"/>
       <c r="G7"/>
       <c r="H7" t="n" s="3">
-        <v>3.0</v>
+        <v>5.0</v>
       </c>
       <c r="I7" t="n" s="3">
-        <v>1.0</v>
-[...4 lines deleted...]
-      <c r="K7" s="4"/>
+        <v>3.0</v>
+      </c>
+      <c r="J7" s="4"/>
+      <c r="K7" t="n" s="3">
+        <v>4.0</v>
+      </c>
       <c r="L7" t="n" s="3">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="M7"/>
       <c r="N7"/>
       <c r="O7" t="n" s="3">
-        <v>2.0</v>
+        <v>3.0</v>
       </c>
       <c r="P7" t="n" s="3">
-        <v>5.0</v>
-[...1 lines deleted...]
-      <c r="Q7" s="4"/>
+        <v>4.0</v>
+      </c>
+      <c r="Q7" t="n" s="3">
+        <v>5.0</v>
+      </c>
       <c r="R7" t="n" s="3">
         <v>1.0</v>
       </c>
-      <c r="S7" t="n" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="S7" s="4"/>
       <c r="T7"/>
       <c r="U7"/>
       <c r="V7" t="n" s="3">
-        <v>5.0</v>
+        <v>4.0</v>
       </c>
       <c r="W7" t="n" s="3">
-        <v>3.0</v>
-[...4 lines deleted...]
-      <c r="Y7" s="4"/>
+        <v>1.0</v>
+      </c>
+      <c r="X7" s="4"/>
+      <c r="Y7" t="n" s="3">
+        <v>5.0</v>
+      </c>
       <c r="Z7" t="n" s="3">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="AA7"/>
       <c r="AB7"/>
       <c r="AC7" t="n" s="3">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="AD7" t="n" s="3">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
       <c r="AE7" t="n" s="3">
-        <v>5.0</v>
+        <v>3.0</v>
       </c>
       <c r="AF7" t="n" s="3">
-        <v>2.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>5.0</v>
+      </c>
+      <c r="AG7" s="4"/>
       <c r="AH7"/>
       <c r="AI7"/>
       <c r="AJ7"/>
       <c r="AK7"/>
       <c r="AL7"/>
       <c r="AM7"/>
       <c r="AN7"/>
       <c r="AO7"/>
       <c r="AP7"/>
       <c r="AQ7"/>
       <c r="AR7"/>
       <c r="AS7"/>
       <c r="AT7"/>
       <c r="AU7"/>
       <c r="AV7"/>
       <c r="AW7"/>
       <c r="AX7"/>
     </row>
     <row r="8" ht="15.0" customHeight="true">
       <c r="A8" t="n" s="3">
-        <v>3.0</v>
+        <v>2.0</v>
       </c>
       <c r="B8" t="n" s="3">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="C8" t="n" s="3">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
       <c r="D8" t="n" s="3">
         <v>5.0</v>
       </c>
       <c r="E8" t="n" s="3">
-        <v>1.0</v>
+        <v>4.0</v>
       </c>
       <c r="F8"/>
       <c r="G8"/>
       <c r="H8" s="4"/>
-      <c r="I8" s="4"/>
+      <c r="I8" t="n" s="3">
+        <v>5.0</v>
+      </c>
       <c r="J8" t="n" s="3">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
       <c r="K8" t="n" s="3">
         <v>2.0</v>
       </c>
-      <c r="L8" s="4"/>
+      <c r="L8" t="n" s="3">
+        <v>4.0</v>
+      </c>
       <c r="M8"/>
       <c r="N8"/>
       <c r="O8" t="n" s="3">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="P8" t="n" s="3">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
       <c r="Q8" t="n" s="3">
-        <v>5.0</v>
+        <v>1.0</v>
       </c>
       <c r="R8" t="n" s="3">
-        <v>2.0</v>
-[...1 lines deleted...]
-      <c r="S8" s="4"/>
+        <v>4.0</v>
+      </c>
+      <c r="S8" t="n" s="3">
+        <v>5.0</v>
+      </c>
       <c r="T8"/>
       <c r="U8"/>
       <c r="V8" t="n" s="3">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="W8" t="n" s="3">
-        <v>5.0</v>
+        <v>4.0</v>
       </c>
       <c r="X8" t="n" s="3">
         <v>3.0</v>
       </c>
       <c r="Y8" t="n" s="3">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="Z8" t="n" s="3">
-        <v>4.0</v>
+        <v>5.0</v>
       </c>
       <c r="AA8"/>
       <c r="AB8"/>
-      <c r="AC8" s="4"/>
-[...2 lines deleted...]
-      </c>
+      <c r="AC8" t="n" s="3">
+        <v>2.0</v>
+      </c>
+      <c r="AD8" s="4"/>
       <c r="AE8" t="n" s="3">
-        <v>3.0</v>
-[...1 lines deleted...]
-      <c r="AF8" s="4"/>
+        <v>4.0</v>
+      </c>
+      <c r="AF8" t="n" s="3">
+        <v>3.0</v>
+      </c>
       <c r="AG8" t="n" s="3">
-        <v>2.0</v>
+        <v>5.0</v>
       </c>
       <c r="AH8"/>
       <c r="AI8"/>
       <c r="AJ8"/>
       <c r="AK8"/>
       <c r="AL8"/>
       <c r="AM8"/>
       <c r="AN8"/>
       <c r="AO8"/>
       <c r="AP8"/>
       <c r="AQ8"/>
       <c r="AR8"/>
       <c r="AS8"/>
       <c r="AT8"/>
       <c r="AU8"/>
       <c r="AV8"/>
       <c r="AW8"/>
       <c r="AX8"/>
     </row>
     <row r="9" ht="15.0" customHeight="true">
       <c r="A9" t="n" s="3">
-        <v>1.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>4.0</v>
+      </c>
+      <c r="B9" s="4"/>
       <c r="C9" t="n" s="3">
-        <v>5.0</v>
-[...1 lines deleted...]
-      <c r="D9" s="4"/>
+        <v>1.0</v>
+      </c>
+      <c r="D9" t="n" s="3">
+        <v>2.0</v>
+      </c>
       <c r="E9" t="n" s="3">
-        <v>2.0</v>
+        <v>5.0</v>
       </c>
       <c r="F9"/>
       <c r="G9"/>
       <c r="H9" t="n" s="3">
         <v>4.0</v>
       </c>
-      <c r="I9" t="n" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I9" s="4"/>
       <c r="J9" t="n" s="3">
         <v>5.0</v>
       </c>
       <c r="K9" t="n" s="3">
         <v>1.0</v>
       </c>
-      <c r="L9" t="n" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="L9" s="4"/>
       <c r="M9"/>
       <c r="N9"/>
-      <c r="O9" s="4"/>
-[...5 lines deleted...]
-      </c>
+      <c r="O9" t="n" s="3">
+        <v>1.0</v>
+      </c>
+      <c r="P9" s="4"/>
+      <c r="Q9" s="4"/>
       <c r="R9" t="n" s="3">
-        <v>3.0</v>
+        <v>2.0</v>
       </c>
       <c r="S9" t="n" s="3">
-        <v>2.0</v>
+        <v>4.0</v>
       </c>
       <c r="T9"/>
       <c r="U9"/>
       <c r="V9" s="4"/>
       <c r="W9" s="4"/>
       <c r="X9" t="n" s="3">
         <v>4.0</v>
       </c>
       <c r="Y9" t="n" s="3">
-        <v>5.0</v>
+        <v>2.0</v>
       </c>
       <c r="Z9" t="n" s="3">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="AA9"/>
       <c r="AB9"/>
       <c r="AC9" t="n" s="3">
-        <v>2.0</v>
+        <v>5.0</v>
       </c>
       <c r="AD9" t="n" s="3">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="AE9" t="n" s="3">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="AF9" t="n" s="3">
-        <v>3.0</v>
+        <v>2.0</v>
       </c>
       <c r="AG9" t="n" s="3">
-        <v>5.0</v>
+        <v>4.0</v>
       </c>
       <c r="AH9"/>
       <c r="AI9"/>
       <c r="AJ9"/>
       <c r="AK9"/>
       <c r="AL9"/>
       <c r="AM9"/>
       <c r="AN9"/>
       <c r="AO9"/>
       <c r="AP9"/>
       <c r="AQ9"/>
       <c r="AR9"/>
       <c r="AS9"/>
       <c r="AT9"/>
       <c r="AU9"/>
       <c r="AV9"/>
       <c r="AW9"/>
       <c r="AX9"/>
     </row>
     <row r="10" ht="15.0" customHeight="true">
       <c r="A10" t="n" s="3">
-        <v>5.0</v>
+        <v>1.0</v>
       </c>
       <c r="B10" t="n" s="3">
-        <v>1.0</v>
+        <v>4.0</v>
       </c>
       <c r="C10" t="n" s="3">
-        <v>3.0</v>
+        <v>5.0</v>
       </c>
       <c r="D10" t="n" s="3">
-        <v>2.0</v>
-[...1 lines deleted...]
-      <c r="E10" s="4"/>
+        <v>3.0</v>
+      </c>
+      <c r="E10" t="n" s="3">
+        <v>2.0</v>
+      </c>
       <c r="F10"/>
       <c r="G10"/>
       <c r="H10" t="n" s="3">
-        <v>5.0</v>
+        <v>2.0</v>
       </c>
       <c r="I10" t="n" s="3">
-        <v>2.0</v>
+        <v>4.0</v>
       </c>
       <c r="J10" t="n" s="3">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="K10" t="n" s="3">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
       <c r="L10" t="n" s="3">
-        <v>1.0</v>
+        <v>5.0</v>
       </c>
       <c r="M10"/>
       <c r="N10"/>
-      <c r="O10" t="n" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="O10" s="4"/>
       <c r="P10" t="n" s="3">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="Q10" t="n" s="3">
-        <v>1.0</v>
-[...1 lines deleted...]
-      <c r="R10" s="4"/>
+        <v>2.0</v>
+      </c>
+      <c r="R10" t="n" s="3">
+        <v>5.0</v>
+      </c>
       <c r="S10" t="n" s="3">
-        <v>5.0</v>
+        <v>3.0</v>
       </c>
       <c r="T10"/>
       <c r="U10"/>
       <c r="V10" t="n" s="3">
         <v>3.0</v>
       </c>
       <c r="W10" t="n" s="3">
-        <v>4.0</v>
+        <v>5.0</v>
       </c>
       <c r="X10" t="n" s="3">
-        <v>5.0</v>
+        <v>1.0</v>
       </c>
       <c r="Y10" t="n" s="3">
-        <v>1.0</v>
-[...1 lines deleted...]
-      <c r="Z10" s="4"/>
+        <v>4.0</v>
+      </c>
+      <c r="Z10" t="n" s="3">
+        <v>2.0</v>
+      </c>
       <c r="AA10"/>
       <c r="AB10"/>
-      <c r="AC10" t="n" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="AC10" s="4"/>
       <c r="AD10" t="n" s="3">
-        <v>2.0</v>
+        <v>5.0</v>
       </c>
       <c r="AE10" t="n" s="3">
-        <v>1.0</v>
-[...4 lines deleted...]
-      <c r="AG10" s="4"/>
+        <v>2.0</v>
+      </c>
+      <c r="AF10" s="4"/>
+      <c r="AG10" t="n" s="3">
+        <v>3.0</v>
+      </c>
       <c r="AH10"/>
       <c r="AI10"/>
       <c r="AJ10"/>
       <c r="AK10"/>
       <c r="AL10"/>
       <c r="AM10"/>
       <c r="AN10"/>
       <c r="AO10"/>
       <c r="AP10"/>
       <c r="AQ10"/>
       <c r="AR10"/>
       <c r="AS10"/>
       <c r="AT10"/>
       <c r="AU10"/>
       <c r="AV10"/>
       <c r="AW10"/>
       <c r="AX10"/>
     </row>
     <row r="11" ht="15.0" customHeight="true">
       <c r="A11" t="n" s="3">
-        <v>4.0</v>
-[...1 lines deleted...]
-      <c r="B11" s="4"/>
+        <v>5.0</v>
+      </c>
+      <c r="B11" t="n" s="3">
+        <v>2.0</v>
+      </c>
       <c r="C11" s="4"/>
-      <c r="D11" t="n" s="3">
-[...4 lines deleted...]
-      </c>
+      <c r="D11" s="4"/>
+      <c r="E11" s="4"/>
       <c r="F11"/>
       <c r="G11"/>
       <c r="H11" t="n" s="3">
-        <v>2.0</v>
+        <v>3.0</v>
       </c>
       <c r="I11" t="n" s="3">
-        <v>4.0</v>
-[...4 lines deleted...]
-      </c>
+        <v>1.0</v>
+      </c>
+      <c r="J11" t="n" s="3">
+        <v>4.0</v>
+      </c>
+      <c r="K11" s="4"/>
       <c r="L11" t="n" s="3">
-        <v>5.0</v>
+        <v>2.0</v>
       </c>
       <c r="M11"/>
       <c r="N11"/>
       <c r="O11" t="n" s="3">
-        <v>4.0</v>
-[...1 lines deleted...]
-      <c r="P11" s="4"/>
+        <v>5.0</v>
+      </c>
+      <c r="P11" t="n" s="3">
+        <v>2.0</v>
+      </c>
       <c r="Q11" t="n" s="3">
-        <v>2.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>4.0</v>
+      </c>
+      <c r="R11" s="4"/>
       <c r="S11" t="n" s="3">
         <v>1.0</v>
       </c>
       <c r="T11"/>
       <c r="U11"/>
       <c r="V11" t="n" s="3">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="W11" t="n" s="3">
         <v>2.0</v>
       </c>
-      <c r="X11" s="4"/>
-[...5 lines deleted...]
-      </c>
+      <c r="X11" t="n" s="3">
+        <v>5.0</v>
+      </c>
+      <c r="Y11" s="4"/>
+      <c r="Z11" s="4"/>
       <c r="AA11"/>
       <c r="AB11"/>
       <c r="AC11" t="n" s="3">
-        <v>5.0</v>
-[...1 lines deleted...]
-      <c r="AD11" s="4"/>
+        <v>3.0</v>
+      </c>
+      <c r="AD11" t="n" s="3">
+        <v>2.0</v>
+      </c>
       <c r="AE11" s="4"/>
       <c r="AF11" t="n" s="3">
-        <v>1.0</v>
+        <v>4.0</v>
       </c>
       <c r="AG11" t="n" s="3">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="AH11"/>
       <c r="AI11"/>
       <c r="AJ11"/>
       <c r="AK11"/>
       <c r="AL11"/>
       <c r="AM11"/>
       <c r="AN11"/>
       <c r="AO11"/>
       <c r="AP11"/>
       <c r="AQ11"/>
       <c r="AR11"/>
       <c r="AS11"/>
       <c r="AT11"/>
       <c r="AU11"/>
       <c r="AV11"/>
       <c r="AW11"/>
       <c r="AX11"/>
     </row>
     <row r="12" ht="15.0" customHeight="true">
       <c r="A12"/>
       <c r="B12"/>
       <c r="C12"/>
       <c r="D12"/>
       <c r="E12"/>
@@ -1162,490 +1162,490 @@
       <c r="AC12"/>
       <c r="AD12"/>
       <c r="AE12"/>
       <c r="AF12"/>
       <c r="AG12"/>
       <c r="AH12"/>
       <c r="AI12"/>
       <c r="AJ12"/>
       <c r="AK12"/>
       <c r="AL12"/>
       <c r="AM12"/>
       <c r="AN12"/>
       <c r="AO12"/>
       <c r="AP12"/>
       <c r="AQ12"/>
       <c r="AR12"/>
       <c r="AS12"/>
       <c r="AT12"/>
       <c r="AU12"/>
       <c r="AV12"/>
       <c r="AW12"/>
       <c r="AX12"/>
     </row>
     <row r="13" ht="15.0" customHeight="true">
       <c r="A13" s="4"/>
-      <c r="B13" s="4"/>
-      <c r="C13" s="4"/>
+      <c r="B13" t="n" s="3">
+        <v>4.0</v>
+      </c>
+      <c r="C13" t="n" s="3">
+        <v>3.0</v>
+      </c>
       <c r="D13" t="n" s="3">
-        <v>3.0</v>
-[...1 lines deleted...]
-      <c r="E13" s="4"/>
+        <v>1.0</v>
+      </c>
+      <c r="E13" t="n" s="3">
+        <v>5.0</v>
+      </c>
       <c r="F13"/>
       <c r="G13"/>
-      <c r="H13" t="n" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="H13" s="4"/>
       <c r="I13" t="n" s="3">
-        <v>1.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>2.0</v>
+      </c>
+      <c r="J13" s="4"/>
       <c r="K13" t="n" s="3">
-        <v>2.0</v>
+        <v>5.0</v>
       </c>
       <c r="L13" t="n" s="3">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
       <c r="M13"/>
       <c r="N13"/>
       <c r="O13" t="n" s="3">
-        <v>4.0</v>
+        <v>2.0</v>
       </c>
       <c r="P13" t="n" s="3">
-        <v>5.0</v>
-[...1 lines deleted...]
-      <c r="Q13" s="4"/>
+        <v>3.0</v>
+      </c>
+      <c r="Q13" t="n" s="3">
+        <v>1.0</v>
+      </c>
       <c r="R13" t="n" s="3">
-        <v>1.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>5.0</v>
+      </c>
+      <c r="S13" s="4"/>
       <c r="T13"/>
       <c r="U13"/>
       <c r="V13" t="n" s="3">
         <v>1.0</v>
       </c>
-      <c r="W13" s="4"/>
-      <c r="X13" s="4"/>
+      <c r="W13" t="n" s="3">
+        <v>4.0</v>
+      </c>
+      <c r="X13" t="n" s="3">
+        <v>3.0</v>
+      </c>
       <c r="Y13" t="n" s="3">
         <v>5.0</v>
       </c>
       <c r="Z13" s="4"/>
       <c r="AA13"/>
       <c r="AB13"/>
       <c r="AC13" t="n" s="3">
-        <v>1.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>4.0</v>
+      </c>
+      <c r="AD13" s="4"/>
       <c r="AE13" t="n" s="3">
         <v>2.0</v>
       </c>
       <c r="AF13" t="n" s="3">
-        <v>5.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>3.0</v>
+      </c>
+      <c r="AG13" s="4"/>
       <c r="AH13"/>
       <c r="AI13"/>
       <c r="AJ13"/>
       <c r="AK13"/>
       <c r="AL13"/>
       <c r="AM13"/>
       <c r="AN13"/>
       <c r="AO13"/>
       <c r="AP13"/>
       <c r="AQ13"/>
       <c r="AR13"/>
       <c r="AS13"/>
       <c r="AT13"/>
       <c r="AU13"/>
       <c r="AV13"/>
       <c r="AW13"/>
       <c r="AX13"/>
     </row>
     <row r="14" ht="15.0" customHeight="true">
       <c r="A14" t="n" s="3">
-        <v>3.0</v>
-[...6 lines deleted...]
-      </c>
+        <v>4.0</v>
+      </c>
+      <c r="B14" s="4"/>
+      <c r="C14" s="4"/>
       <c r="D14" t="n" s="3">
         <v>2.0</v>
       </c>
       <c r="E14" t="n" s="3">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
       <c r="F14"/>
       <c r="G14"/>
       <c r="H14" t="n" s="3">
-        <v>4.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>5.0</v>
+      </c>
+      <c r="I14" s="4"/>
       <c r="J14" t="n" s="3">
-        <v>1.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>3.0</v>
+      </c>
+      <c r="K14" s="4"/>
       <c r="L14" s="4"/>
       <c r="M14"/>
       <c r="N14"/>
       <c r="O14" t="n" s="3">
-        <v>1.0</v>
-[...1 lines deleted...]
-      <c r="P14" s="4"/>
+        <v>5.0</v>
+      </c>
+      <c r="P14" t="n" s="3">
+        <v>2.0</v>
+      </c>
       <c r="Q14" t="n" s="3">
-        <v>5.0</v>
+        <v>3.0</v>
       </c>
       <c r="R14" t="n" s="3">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
       <c r="S14" t="n" s="3">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="T14"/>
       <c r="U14"/>
-      <c r="V14" s="4"/>
-[...2 lines deleted...]
-      </c>
+      <c r="V14" t="n" s="3">
+        <v>3.0</v>
+      </c>
+      <c r="W14" s="4"/>
       <c r="X14" t="n" s="3">
-        <v>1.0</v>
+        <v>4.0</v>
       </c>
       <c r="Y14" t="n" s="3">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="Z14" t="n" s="3">
         <v>5.0</v>
       </c>
       <c r="AA14"/>
       <c r="AB14"/>
       <c r="AC14" t="n" s="3">
-        <v>4.0</v>
+        <v>2.0</v>
       </c>
       <c r="AD14" t="n" s="3">
         <v>5.0</v>
       </c>
       <c r="AE14" t="n" s="3">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="AF14" s="4"/>
       <c r="AG14" t="n" s="3">
-        <v>2.0</v>
+        <v>3.0</v>
       </c>
       <c r="AH14"/>
       <c r="AI14"/>
       <c r="AJ14"/>
       <c r="AK14"/>
       <c r="AL14"/>
       <c r="AM14"/>
       <c r="AN14"/>
       <c r="AO14"/>
       <c r="AP14"/>
       <c r="AQ14"/>
       <c r="AR14"/>
       <c r="AS14"/>
       <c r="AT14"/>
       <c r="AU14"/>
       <c r="AV14"/>
       <c r="AW14"/>
       <c r="AX14"/>
     </row>
     <row r="15" ht="15.0" customHeight="true">
       <c r="A15" t="n" s="3">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
       <c r="B15" t="n" s="3">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="C15" t="n" s="3">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
       <c r="D15" t="n" s="3">
         <v>5.0</v>
       </c>
       <c r="E15" t="n" s="3">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="F15"/>
       <c r="G15"/>
       <c r="H15" t="n" s="3">
-        <v>1.0</v>
-[...1 lines deleted...]
-      <c r="I15" s="4"/>
+        <v>2.0</v>
+      </c>
+      <c r="I15" t="n" s="3">
+        <v>3.0</v>
+      </c>
       <c r="J15" t="n" s="3">
-        <v>4.0</v>
+        <v>5.0</v>
       </c>
       <c r="K15" t="n" s="3">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="L15" t="n" s="3">
-        <v>5.0</v>
+        <v>4.0</v>
       </c>
       <c r="M15"/>
       <c r="N15"/>
-      <c r="O15" t="n" s="3">
-[...4 lines deleted...]
-      </c>
+      <c r="O15" s="4"/>
+      <c r="P15" s="4"/>
       <c r="Q15" t="n" s="3">
         <v>4.0</v>
       </c>
       <c r="R15" t="n" s="3">
         <v>2.0</v>
       </c>
-      <c r="S15" s="4"/>
+      <c r="S15" t="n" s="3">
+        <v>5.0</v>
+      </c>
       <c r="T15"/>
       <c r="U15"/>
-      <c r="V15" t="n" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="V15" s="4"/>
       <c r="W15" t="n" s="3">
-        <v>5.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>3.0</v>
+      </c>
+      <c r="X15" s="4"/>
       <c r="Y15" t="n" s="3">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="Z15" t="n" s="3">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="AA15"/>
       <c r="AB15"/>
       <c r="AC15" s="4"/>
       <c r="AD15" t="n" s="3">
-        <v>3.0</v>
-[...1 lines deleted...]
-      <c r="AE15" s="4"/>
+        <v>4.0</v>
+      </c>
+      <c r="AE15" t="n" s="3">
+        <v>3.0</v>
+      </c>
       <c r="AF15" t="n" s="3">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="AG15" t="n" s="3">
-        <v>4.0</v>
+        <v>2.0</v>
       </c>
       <c r="AH15"/>
       <c r="AI15"/>
       <c r="AJ15"/>
       <c r="AK15"/>
       <c r="AL15"/>
       <c r="AM15"/>
       <c r="AN15"/>
       <c r="AO15"/>
       <c r="AP15"/>
       <c r="AQ15"/>
       <c r="AR15"/>
       <c r="AS15"/>
       <c r="AT15"/>
       <c r="AU15"/>
       <c r="AV15"/>
       <c r="AW15"/>
       <c r="AX15"/>
     </row>
     <row r="16" ht="15.0" customHeight="true">
       <c r="A16" t="n" s="3">
-        <v>2.0</v>
+        <v>5.0</v>
       </c>
       <c r="B16" t="n" s="3">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="C16" t="n" s="3">
-        <v>5.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>2.0</v>
+      </c>
+      <c r="D16" s="4"/>
       <c r="E16" t="n" s="3">
-        <v>1.0</v>
+        <v>4.0</v>
       </c>
       <c r="F16"/>
       <c r="G16"/>
       <c r="H16" t="n" s="3">
-        <v>5.0</v>
+        <v>1.0</v>
       </c>
       <c r="I16" t="n" s="3">
-        <v>4.0</v>
-[...1 lines deleted...]
-      <c r="J16" s="4"/>
+        <v>5.0</v>
+      </c>
+      <c r="J16" t="n" s="3">
+        <v>4.0</v>
+      </c>
       <c r="K16" t="n" s="3">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="L16" t="n" s="3">
-        <v>3.0</v>
+        <v>2.0</v>
       </c>
       <c r="M16"/>
       <c r="N16"/>
-      <c r="O16" s="4"/>
+      <c r="O16" t="n" s="3">
+        <v>4.0</v>
+      </c>
       <c r="P16" t="n" s="3">
-        <v>4.0</v>
-[...6 lines deleted...]
-      </c>
+        <v>5.0</v>
+      </c>
+      <c r="Q16" s="4"/>
+      <c r="R16" s="4"/>
       <c r="S16" t="n" s="3">
         <v>3.0</v>
       </c>
       <c r="T16"/>
       <c r="U16"/>
       <c r="V16" t="n" s="3">
-        <v>3.0</v>
+        <v>2.0</v>
       </c>
       <c r="W16" t="n" s="3">
-        <v>4.0</v>
+        <v>5.0</v>
       </c>
       <c r="X16" t="n" s="3">
-        <v>5.0</v>
+        <v>1.0</v>
       </c>
       <c r="Y16" t="n" s="3">
-        <v>2.0</v>
+        <v>4.0</v>
       </c>
       <c r="Z16" t="n" s="3">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="AA16"/>
       <c r="AB16"/>
       <c r="AC16" t="n" s="3">
         <v>3.0</v>
       </c>
       <c r="AD16" t="n" s="3">
         <v>2.0</v>
       </c>
-      <c r="AE16" t="n" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="AE16" s="4"/>
       <c r="AF16" t="n" s="3">
-        <v>4.0</v>
+        <v>5.0</v>
       </c>
       <c r="AG16" t="n" s="3">
         <v>1.0</v>
       </c>
       <c r="AH16"/>
       <c r="AI16"/>
       <c r="AJ16"/>
       <c r="AK16"/>
       <c r="AL16"/>
       <c r="AM16"/>
       <c r="AN16"/>
       <c r="AO16"/>
       <c r="AP16"/>
       <c r="AQ16"/>
       <c r="AR16"/>
       <c r="AS16"/>
       <c r="AT16"/>
       <c r="AU16"/>
       <c r="AV16"/>
       <c r="AW16"/>
       <c r="AX16"/>
     </row>
     <row r="17" ht="15.0" customHeight="true">
       <c r="A17" t="n" s="3">
-        <v>5.0</v>
+        <v>1.0</v>
       </c>
       <c r="B17" t="n" s="3">
-        <v>2.0</v>
+        <v>3.0</v>
       </c>
       <c r="C17" t="n" s="3">
-        <v>4.0</v>
-[...4 lines deleted...]
-      </c>
+        <v>5.0</v>
+      </c>
+      <c r="D17" t="n" s="3">
+        <v>4.0</v>
+      </c>
+      <c r="E17" s="4"/>
       <c r="F17"/>
       <c r="G17"/>
-      <c r="H17" s="4"/>
+      <c r="H17" t="n" s="3">
+        <v>3.0</v>
+      </c>
       <c r="I17" t="n" s="3">
-        <v>5.0</v>
+        <v>1.0</v>
       </c>
       <c r="J17" t="n" s="3">
-        <v>3.0</v>
-[...1 lines deleted...]
-      <c r="K17" s="4"/>
+        <v>2.0</v>
+      </c>
+      <c r="K17" t="n" s="3">
+        <v>4.0</v>
+      </c>
       <c r="L17" t="n" s="3">
-        <v>1.0</v>
+        <v>5.0</v>
       </c>
       <c r="M17"/>
       <c r="N17"/>
       <c r="O17" t="n" s="3">
-        <v>5.0</v>
+        <v>1.0</v>
       </c>
       <c r="P17" t="n" s="3">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
       <c r="Q17" t="n" s="3">
-        <v>2.0</v>
-[...1 lines deleted...]
-      <c r="R17" s="4"/>
+        <v>5.0</v>
+      </c>
+      <c r="R17" t="n" s="3">
+        <v>3.0</v>
+      </c>
       <c r="S17" t="n" s="3">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="T17"/>
       <c r="U17"/>
       <c r="V17" t="n" s="3">
         <v>5.0</v>
       </c>
       <c r="W17" t="n" s="3">
         <v>1.0</v>
       </c>
       <c r="X17" t="n" s="3">
-        <v>3.0</v>
+        <v>2.0</v>
       </c>
       <c r="Y17" s="4"/>
       <c r="Z17" t="n" s="3">
-        <v>2.0</v>
+        <v>4.0</v>
       </c>
       <c r="AA17"/>
       <c r="AB17"/>
       <c r="AC17" t="n" s="3">
-        <v>2.0</v>
-[...1 lines deleted...]
-      <c r="AD17" s="4"/>
+        <v>1.0</v>
+      </c>
+      <c r="AD17" t="n" s="3">
+        <v>3.0</v>
+      </c>
       <c r="AE17" t="n" s="3">
-        <v>4.0</v>
+        <v>5.0</v>
       </c>
       <c r="AF17" t="n" s="3">
-        <v>3.0</v>
-[...1 lines deleted...]
-      <c r="AG17" s="4"/>
+        <v>2.0</v>
+      </c>
+      <c r="AG17" t="n" s="3">
+        <v>4.0</v>
+      </c>
       <c r="AH17"/>
       <c r="AI17"/>
       <c r="AJ17"/>
       <c r="AK17"/>
       <c r="AL17"/>
       <c r="AM17"/>
       <c r="AN17"/>
       <c r="AO17"/>
       <c r="AP17"/>
       <c r="AQ17"/>
       <c r="AR17"/>
       <c r="AS17"/>
       <c r="AT17"/>
       <c r="AU17"/>
       <c r="AV17"/>
       <c r="AW17"/>
       <c r="AX17"/>
     </row>
     <row r="18" ht="15.0" customHeight="true">
       <c r="A18"/>
       <c r="B18"/>
       <c r="C18"/>
       <c r="D18"/>
       <c r="E18"/>
       <c r="F18"/>
@@ -1674,487 +1674,487 @@
       <c r="AC18"/>
       <c r="AD18"/>
       <c r="AE18"/>
       <c r="AF18"/>
       <c r="AG18"/>
       <c r="AH18"/>
       <c r="AI18"/>
       <c r="AJ18"/>
       <c r="AK18"/>
       <c r="AL18"/>
       <c r="AM18"/>
       <c r="AN18"/>
       <c r="AO18"/>
       <c r="AP18"/>
       <c r="AQ18"/>
       <c r="AR18"/>
       <c r="AS18"/>
       <c r="AT18"/>
       <c r="AU18"/>
       <c r="AV18"/>
       <c r="AW18"/>
       <c r="AX18"/>
     </row>
     <row r="19" ht="15.0" customHeight="true">
       <c r="A19" t="n" s="3">
-        <v>3.0</v>
-[...1 lines deleted...]
-      <c r="B19" s="4"/>
+        <v>1.0</v>
+      </c>
+      <c r="B19" t="n" s="3">
+        <v>3.0</v>
+      </c>
       <c r="C19" t="n" s="3">
-        <v>1.0</v>
+        <v>5.0</v>
       </c>
       <c r="D19" t="n" s="3">
-        <v>4.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>2.0</v>
+      </c>
+      <c r="E19" s="4"/>
       <c r="F19"/>
       <c r="G19"/>
       <c r="H19" t="n" s="3">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="I19" t="n" s="3">
-        <v>2.0</v>
-[...1 lines deleted...]
-      <c r="J19" s="4"/>
+        <v>4.0</v>
+      </c>
+      <c r="J19" t="n" s="3">
+        <v>3.0</v>
+      </c>
       <c r="K19" t="n" s="3">
-        <v>5.0</v>
+        <v>1.0</v>
       </c>
       <c r="L19" t="n" s="3">
-        <v>4.0</v>
+        <v>5.0</v>
       </c>
       <c r="M19"/>
       <c r="N19"/>
-      <c r="O19" s="4"/>
+      <c r="O19" t="n" s="3">
+        <v>3.0</v>
+      </c>
       <c r="P19" t="n" s="3">
-        <v>3.0</v>
+        <v>2.0</v>
       </c>
       <c r="Q19" t="n" s="3">
         <v>4.0</v>
       </c>
-      <c r="R19" t="n" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="R19" s="4"/>
       <c r="S19" t="n" s="3">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="T19"/>
       <c r="U19"/>
       <c r="V19" t="n" s="3">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="W19" t="n" s="3">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="X19" t="n" s="3">
         <v>3.0</v>
       </c>
-      <c r="Y19" s="4"/>
-[...2 lines deleted...]
-      </c>
+      <c r="Y19" t="n" s="3">
+        <v>4.0</v>
+      </c>
+      <c r="Z19" s="4"/>
       <c r="AA19"/>
       <c r="AB19"/>
       <c r="AC19" t="n" s="3">
         <v>2.0</v>
       </c>
       <c r="AD19" t="n" s="3">
         <v>4.0</v>
       </c>
       <c r="AE19" t="n" s="3">
-        <v>3.0</v>
+        <v>5.0</v>
       </c>
       <c r="AF19" t="n" s="3">
-        <v>5.0</v>
+        <v>3.0</v>
       </c>
       <c r="AG19" t="n" s="3">
         <v>1.0</v>
       </c>
       <c r="AH19"/>
       <c r="AI19"/>
       <c r="AJ19"/>
       <c r="AK19"/>
       <c r="AL19"/>
       <c r="AM19"/>
       <c r="AN19"/>
       <c r="AO19"/>
       <c r="AP19"/>
       <c r="AQ19"/>
       <c r="AR19"/>
       <c r="AS19"/>
       <c r="AT19"/>
       <c r="AU19"/>
       <c r="AV19"/>
       <c r="AW19"/>
       <c r="AX19"/>
     </row>
     <row r="20" ht="15.0" customHeight="true">
       <c r="A20" t="n" s="3">
         <v>2.0</v>
       </c>
       <c r="B20" t="n" s="3">
-        <v>4.0</v>
+        <v>5.0</v>
       </c>
       <c r="C20" t="n" s="3">
-        <v>3.0</v>
-[...1 lines deleted...]
-      <c r="D20" s="4"/>
+        <v>4.0</v>
+      </c>
+      <c r="D20" t="n" s="3">
+        <v>3.0</v>
+      </c>
       <c r="E20" t="n" s="3">
         <v>1.0</v>
       </c>
       <c r="F20"/>
       <c r="G20"/>
       <c r="H20" t="n" s="3">
-        <v>3.0</v>
+        <v>5.0</v>
       </c>
       <c r="I20" t="n" s="3">
-        <v>4.0</v>
+        <v>2.0</v>
       </c>
       <c r="J20" t="n" s="3">
-        <v>5.0</v>
+        <v>4.0</v>
       </c>
       <c r="K20" t="n" s="3">
-        <v>2.0</v>
+        <v>3.0</v>
       </c>
       <c r="L20" t="n" s="3">
         <v>1.0</v>
       </c>
       <c r="M20"/>
       <c r="N20"/>
       <c r="O20" t="n" s="3">
-        <v>4.0</v>
-[...2 lines deleted...]
-      <c r="Q20" s="4"/>
+        <v>1.0</v>
+      </c>
+      <c r="P20" t="n" s="3">
+        <v>4.0</v>
+      </c>
+      <c r="Q20" t="n" s="3">
+        <v>3.0</v>
+      </c>
       <c r="R20" t="n" s="3">
-        <v>3.0</v>
+        <v>2.0</v>
       </c>
       <c r="S20" t="n" s="3">
-        <v>1.0</v>
+        <v>5.0</v>
       </c>
       <c r="T20"/>
       <c r="U20"/>
       <c r="V20" t="n" s="3">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
       <c r="W20" t="n" s="3">
-        <v>2.0</v>
+        <v>5.0</v>
       </c>
       <c r="X20" t="n" s="3">
-        <v>1.0</v>
+        <v>4.0</v>
       </c>
       <c r="Y20" t="n" s="3">
-        <v>5.0</v>
+        <v>2.0</v>
       </c>
       <c r="Z20" t="n" s="3">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="AA20"/>
       <c r="AB20"/>
       <c r="AC20" t="n" s="3">
-        <v>4.0</v>
-[...1 lines deleted...]
-      <c r="AD20" s="4"/>
+        <v>3.0</v>
+      </c>
+      <c r="AD20" t="n" s="3">
+        <v>5.0</v>
+      </c>
       <c r="AE20" t="n" s="3">
         <v>1.0</v>
       </c>
       <c r="AF20" t="n" s="3">
-        <v>2.0</v>
+        <v>4.0</v>
       </c>
       <c r="AG20" t="n" s="3">
-        <v>3.0</v>
+        <v>2.0</v>
       </c>
       <c r="AH20"/>
       <c r="AI20"/>
       <c r="AJ20"/>
       <c r="AK20"/>
       <c r="AL20"/>
       <c r="AM20"/>
       <c r="AN20"/>
       <c r="AO20"/>
       <c r="AP20"/>
       <c r="AQ20"/>
       <c r="AR20"/>
       <c r="AS20"/>
       <c r="AT20"/>
       <c r="AU20"/>
       <c r="AV20"/>
       <c r="AW20"/>
       <c r="AX20"/>
     </row>
     <row r="21" ht="15.0" customHeight="true">
       <c r="A21" t="n" s="3">
-        <v>4.0</v>
+        <v>5.0</v>
       </c>
       <c r="B21" t="n" s="3">
-        <v>5.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>1.0</v>
+      </c>
+      <c r="C21" s="4"/>
       <c r="D21" t="n" s="3">
-        <v>1.0</v>
+        <v>4.0</v>
       </c>
       <c r="E21" t="n" s="3">
         <v>3.0</v>
       </c>
       <c r="F21"/>
       <c r="G21"/>
-      <c r="H21" t="n" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="H21" s="4"/>
       <c r="I21" t="n" s="3">
-        <v>5.0</v>
+        <v>1.0</v>
       </c>
       <c r="J21" t="n" s="3">
-        <v>4.0</v>
+        <v>2.0</v>
       </c>
       <c r="K21" t="n" s="3">
-        <v>1.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>5.0</v>
+      </c>
+      <c r="L21" s="4"/>
       <c r="M21"/>
       <c r="N21"/>
       <c r="O21" t="n" s="3">
-        <v>3.0</v>
+        <v>5.0</v>
       </c>
       <c r="P21" t="n" s="3">
         <v>1.0</v>
       </c>
       <c r="Q21" t="n" s="3">
-        <v>5.0</v>
-[...2 lines deleted...]
-      <c r="S21" s="4"/>
+        <v>2.0</v>
+      </c>
+      <c r="R21" t="n" s="3">
+        <v>4.0</v>
+      </c>
+      <c r="S21" t="n" s="3">
+        <v>3.0</v>
+      </c>
       <c r="T21"/>
       <c r="U21"/>
       <c r="V21" t="n" s="3">
         <v>5.0</v>
       </c>
       <c r="W21" t="n" s="3">
         <v>3.0</v>
       </c>
       <c r="X21" t="n" s="3">
-        <v>4.0</v>
+        <v>2.0</v>
       </c>
       <c r="Y21" t="n" s="3">
-        <v>2.0</v>
-[...1 lines deleted...]
-      <c r="Z21" s="4"/>
+        <v>1.0</v>
+      </c>
+      <c r="Z21" t="n" s="3">
+        <v>4.0</v>
+      </c>
       <c r="AA21"/>
       <c r="AB21"/>
-      <c r="AC21" s="4"/>
-[...5 lines deleted...]
-      </c>
+      <c r="AC21" t="n" s="3">
+        <v>1.0</v>
+      </c>
+      <c r="AD21" s="4"/>
+      <c r="AE21" s="4"/>
       <c r="AF21" t="n" s="3">
-        <v>4.0</v>
+        <v>2.0</v>
       </c>
       <c r="AG21" t="n" s="3">
-        <v>2.0</v>
+        <v>5.0</v>
       </c>
       <c r="AH21"/>
       <c r="AI21"/>
       <c r="AJ21"/>
       <c r="AK21"/>
       <c r="AL21"/>
       <c r="AM21"/>
       <c r="AN21"/>
       <c r="AO21"/>
       <c r="AP21"/>
       <c r="AQ21"/>
       <c r="AR21"/>
       <c r="AS21"/>
       <c r="AT21"/>
       <c r="AU21"/>
       <c r="AV21"/>
       <c r="AW21"/>
       <c r="AX21"/>
     </row>
     <row r="22" ht="15.0" customHeight="true">
-      <c r="A22" s="4"/>
-[...2 lines deleted...]
-      </c>
+      <c r="A22" t="n" s="3">
+        <v>4.0</v>
+      </c>
+      <c r="B22" s="4"/>
       <c r="C22" t="n" s="3">
-        <v>5.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>3.0</v>
+      </c>
+      <c r="D22" s="4"/>
       <c r="E22" t="n" s="3">
-        <v>4.0</v>
+        <v>5.0</v>
       </c>
       <c r="F22"/>
       <c r="G22"/>
       <c r="H22" t="n" s="3">
-        <v>5.0</v>
+        <v>1.0</v>
       </c>
       <c r="I22" t="n" s="3">
         <v>3.0</v>
       </c>
       <c r="J22" t="n" s="3">
-        <v>1.0</v>
+        <v>5.0</v>
       </c>
       <c r="K22" s="4"/>
-      <c r="L22" s="4"/>
+      <c r="L22" t="n" s="3">
+        <v>2.0</v>
+      </c>
       <c r="M22"/>
       <c r="N22"/>
       <c r="O22" t="n" s="3">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="P22" t="n" s="3">
-        <v>2.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>5.0</v>
+      </c>
+      <c r="Q22" s="4"/>
       <c r="R22" t="n" s="3">
-        <v>4.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>3.0</v>
+      </c>
+      <c r="S22" s="4"/>
       <c r="T22"/>
       <c r="U22"/>
       <c r="V22" s="4"/>
-      <c r="W22" t="n" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="W22" s="4"/>
       <c r="X22" t="n" s="3">
-        <v>2.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>5.0</v>
+      </c>
+      <c r="Y22" s="4"/>
       <c r="Z22" t="n" s="3">
-        <v>4.0</v>
+        <v>2.0</v>
       </c>
       <c r="AA22"/>
       <c r="AB22"/>
       <c r="AC22" t="n" s="3">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
       <c r="AD22" t="n" s="3">
-        <v>2.0</v>
-[...4 lines deleted...]
-      </c>
+        <v>1.0</v>
+      </c>
+      <c r="AE22" t="n" s="3">
+        <v>2.0</v>
+      </c>
+      <c r="AF22" s="4"/>
       <c r="AG22" s="4"/>
       <c r="AH22"/>
       <c r="AI22"/>
       <c r="AJ22"/>
       <c r="AK22"/>
       <c r="AL22"/>
       <c r="AM22"/>
       <c r="AN22"/>
       <c r="AO22"/>
       <c r="AP22"/>
       <c r="AQ22"/>
       <c r="AR22"/>
       <c r="AS22"/>
       <c r="AT22"/>
       <c r="AU22"/>
       <c r="AV22"/>
       <c r="AW22"/>
       <c r="AX22"/>
     </row>
     <row r="23" ht="15.0" customHeight="true">
-      <c r="A23" t="n" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="A23" s="4"/>
       <c r="B23" t="n" s="3">
-        <v>1.0</v>
-[...1 lines deleted...]
-      <c r="C23" s="4"/>
+        <v>4.0</v>
+      </c>
+      <c r="C23" t="n" s="3">
+        <v>1.0</v>
+      </c>
       <c r="D23" t="n" s="3">
-        <v>3.0</v>
-[...1 lines deleted...]
-      <c r="E23" s="4"/>
+        <v>5.0</v>
+      </c>
+      <c r="E23" t="n" s="3">
+        <v>2.0</v>
+      </c>
       <c r="F23"/>
       <c r="G23"/>
-      <c r="H23" s="4"/>
+      <c r="H23" t="n" s="3">
+        <v>4.0</v>
+      </c>
       <c r="I23" s="4"/>
-      <c r="J23" t="n" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="J23" s="4"/>
       <c r="K23" t="n" s="3">
-        <v>3.0</v>
+        <v>2.0</v>
       </c>
       <c r="L23" t="n" s="3">
-        <v>5.0</v>
+        <v>3.0</v>
       </c>
       <c r="M23"/>
       <c r="N23"/>
-      <c r="O23" t="n" s="3">
-[...4 lines deleted...]
-      </c>
+      <c r="O23" s="4"/>
+      <c r="P23" s="4"/>
       <c r="Q23" t="n" s="3">
-        <v>1.0</v>
+        <v>5.0</v>
       </c>
       <c r="R23" t="n" s="3">
-        <v>5.0</v>
+        <v>1.0</v>
       </c>
       <c r="S23" t="n" s="3">
-        <v>3.0</v>
+        <v>2.0</v>
       </c>
       <c r="T23"/>
       <c r="U23"/>
       <c r="V23" t="n" s="3">
-        <v>1.0</v>
-[...1 lines deleted...]
-      <c r="W23" s="4"/>
+        <v>2.0</v>
+      </c>
+      <c r="W23" t="n" s="3">
+        <v>4.0</v>
+      </c>
       <c r="X23" s="4"/>
       <c r="Y23" t="n" s="3">
-        <v>3.0</v>
+        <v>5.0</v>
       </c>
       <c r="Z23" t="n" s="3">
-        <v>2.0</v>
+        <v>3.0</v>
       </c>
       <c r="AA23"/>
       <c r="AB23"/>
-      <c r="AC23" t="n" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="AC23" s="4"/>
       <c r="AD23" t="n" s="3">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="AE23" t="n" s="3">
-        <v>2.0</v>
-[...1 lines deleted...]
-      <c r="AF23" s="4"/>
+        <v>3.0</v>
+      </c>
+      <c r="AF23" t="n" s="3">
+        <v>1.0</v>
+      </c>
       <c r="AG23" t="n" s="3">
         <v>4.0</v>
       </c>
       <c r="AH23"/>
       <c r="AI23"/>
       <c r="AJ23"/>
       <c r="AK23"/>
       <c r="AL23"/>
       <c r="AM23"/>
       <c r="AN23"/>
       <c r="AO23"/>
       <c r="AP23"/>
       <c r="AQ23"/>
       <c r="AR23"/>
       <c r="AS23"/>
       <c r="AT23"/>
       <c r="AU23"/>
       <c r="AV23"/>
       <c r="AW23"/>
       <c r="AX23"/>
     </row>
     <row r="24" ht="15.0" customHeight="true">
       <c r="A24"/>
       <c r="B24"/>
       <c r="C24"/>
@@ -2185,490 +2185,490 @@
       <c r="AB24"/>
       <c r="AC24"/>
       <c r="AD24"/>
       <c r="AE24"/>
       <c r="AF24"/>
       <c r="AG24"/>
       <c r="AH24"/>
       <c r="AI24"/>
       <c r="AJ24"/>
       <c r="AK24"/>
       <c r="AL24"/>
       <c r="AM24"/>
       <c r="AN24"/>
       <c r="AO24"/>
       <c r="AP24"/>
       <c r="AQ24"/>
       <c r="AR24"/>
       <c r="AS24"/>
       <c r="AT24"/>
       <c r="AU24"/>
       <c r="AV24"/>
       <c r="AW24"/>
       <c r="AX24"/>
     </row>
     <row r="25" ht="15.0" customHeight="true">
-      <c r="A25" s="4"/>
+      <c r="A25" t="n" s="3">
+        <v>3.0</v>
+      </c>
       <c r="B25" s="4"/>
       <c r="C25" t="n" s="3">
         <v>5.0</v>
       </c>
       <c r="D25" t="n" s="3">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
       <c r="E25" t="n" s="3">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="F25"/>
       <c r="G25"/>
       <c r="H25" t="n" s="3">
-        <v>1.0</v>
+        <v>4.0</v>
       </c>
       <c r="I25" t="n" s="3">
         <v>3.0</v>
       </c>
       <c r="J25" t="n" s="3">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="K25" t="n" s="3">
         <v>2.0</v>
       </c>
       <c r="L25" t="n" s="3">
         <v>5.0</v>
       </c>
       <c r="M25"/>
       <c r="N25"/>
-      <c r="O25" t="n" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="O25" s="4"/>
       <c r="P25" t="n" s="3">
         <v>5.0</v>
       </c>
       <c r="Q25" t="n" s="3">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
       <c r="R25" t="n" s="3">
         <v>1.0</v>
       </c>
-      <c r="S25" s="4"/>
+      <c r="S25" t="n" s="3">
+        <v>2.0</v>
+      </c>
       <c r="T25"/>
       <c r="U25"/>
-      <c r="V25" t="n" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="V25" s="4"/>
       <c r="W25" t="n" s="3">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
       <c r="X25" t="n" s="3">
-        <v>1.0</v>
+        <v>5.0</v>
       </c>
       <c r="Y25" t="n" s="3">
         <v>2.0</v>
       </c>
       <c r="Z25" t="n" s="3">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="AA25"/>
       <c r="AB25"/>
       <c r="AC25" t="n" s="3">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="AD25" t="n" s="3">
-        <v>2.0</v>
+        <v>4.0</v>
       </c>
       <c r="AE25" t="n" s="3">
         <v>3.0</v>
       </c>
       <c r="AF25" t="n" s="3">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="AG25" t="n" s="3">
         <v>5.0</v>
       </c>
       <c r="AH25"/>
       <c r="AI25"/>
       <c r="AJ25"/>
       <c r="AK25"/>
       <c r="AL25"/>
       <c r="AM25"/>
       <c r="AN25"/>
       <c r="AO25"/>
       <c r="AP25"/>
       <c r="AQ25"/>
       <c r="AR25"/>
       <c r="AS25"/>
       <c r="AT25"/>
       <c r="AU25"/>
       <c r="AV25"/>
       <c r="AW25"/>
       <c r="AX25"/>
     </row>
     <row r="26" ht="15.0" customHeight="true">
       <c r="A26" t="n" s="3">
-        <v>1.0</v>
+        <v>5.0</v>
       </c>
       <c r="B26" t="n" s="3">
-        <v>3.0</v>
-[...5 lines deleted...]
-      </c>
+        <v>4.0</v>
+      </c>
+      <c r="C26" t="n" s="3">
+        <v>1.0</v>
+      </c>
+      <c r="D26" t="n" s="3">
+        <v>3.0</v>
+      </c>
+      <c r="E26" s="4"/>
       <c r="F26"/>
       <c r="G26"/>
-      <c r="H26" s="4"/>
+      <c r="H26" t="n" s="3">
+        <v>5.0</v>
+      </c>
       <c r="I26" t="n" s="3">
         <v>2.0</v>
       </c>
       <c r="J26" t="n" s="3">
         <v>3.0</v>
       </c>
-      <c r="K26" s="4"/>
+      <c r="K26" t="n" s="3">
+        <v>4.0</v>
+      </c>
       <c r="L26" t="n" s="3">
         <v>1.0</v>
       </c>
       <c r="M26"/>
       <c r="N26"/>
       <c r="O26" t="n" s="3">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="P26" t="n" s="3">
-        <v>1.0</v>
+        <v>4.0</v>
       </c>
       <c r="Q26" t="n" s="3">
-        <v>5.0</v>
+        <v>2.0</v>
       </c>
       <c r="R26" t="n" s="3">
-        <v>2.0</v>
+        <v>3.0</v>
       </c>
       <c r="S26" t="n" s="3">
-        <v>3.0</v>
+        <v>5.0</v>
       </c>
       <c r="T26"/>
       <c r="U26"/>
       <c r="V26" t="n" s="3">
-        <v>1.0</v>
-[...5 lines deleted...]
-      </c>
+        <v>2.0</v>
+      </c>
+      <c r="W26" t="n" s="3">
+        <v>1.0</v>
+      </c>
+      <c r="X26" t="n" s="3">
+        <v>3.0</v>
+      </c>
+      <c r="Y26" s="4"/>
       <c r="Z26" t="n" s="3">
-        <v>4.0</v>
+        <v>5.0</v>
       </c>
       <c r="AA26"/>
       <c r="AB26"/>
       <c r="AC26" t="n" s="3">
         <v>2.0</v>
       </c>
-      <c r="AD26" t="n" s="3">
-[...4 lines deleted...]
-      </c>
+      <c r="AD26" s="4"/>
+      <c r="AE26" s="4"/>
       <c r="AF26" t="n" s="3">
-        <v>5.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>3.0</v>
+      </c>
+      <c r="AG26" s="4"/>
       <c r="AH26"/>
       <c r="AI26"/>
       <c r="AJ26"/>
       <c r="AK26"/>
       <c r="AL26"/>
       <c r="AM26"/>
       <c r="AN26"/>
       <c r="AO26"/>
       <c r="AP26"/>
       <c r="AQ26"/>
       <c r="AR26"/>
       <c r="AS26"/>
       <c r="AT26"/>
       <c r="AU26"/>
       <c r="AV26"/>
       <c r="AW26"/>
       <c r="AX26"/>
     </row>
     <row r="27" ht="15.0" customHeight="true">
       <c r="A27" t="n" s="3">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="B27" t="n" s="3">
-        <v>4.0</v>
+        <v>5.0</v>
       </c>
       <c r="C27" t="n" s="3">
-        <v>2.0</v>
+        <v>4.0</v>
       </c>
       <c r="D27" t="n" s="3">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="E27" t="n" s="3">
-        <v>5.0</v>
+        <v>3.0</v>
       </c>
       <c r="F27"/>
       <c r="G27"/>
       <c r="H27" t="n" s="3">
-        <v>5.0</v>
+        <v>2.0</v>
       </c>
       <c r="I27" t="n" s="3">
-        <v>4.0</v>
-[...1 lines deleted...]
-      <c r="J27" s="4"/>
+        <v>5.0</v>
+      </c>
+      <c r="J27" t="n" s="3">
+        <v>4.0</v>
+      </c>
       <c r="K27" t="n" s="3">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="L27" t="n" s="3">
-        <v>2.0</v>
+        <v>3.0</v>
       </c>
       <c r="M27"/>
       <c r="N27"/>
-      <c r="O27" s="4"/>
-[...1 lines deleted...]
-      <c r="Q27" s="4"/>
+      <c r="O27" t="n" s="3">
+        <v>2.0</v>
+      </c>
+      <c r="P27" t="n" s="3">
+        <v>1.0</v>
+      </c>
+      <c r="Q27" t="n" s="3">
+        <v>4.0</v>
+      </c>
       <c r="R27" s="4"/>
-      <c r="S27" t="n" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="S27" s="4"/>
       <c r="T27"/>
       <c r="U27"/>
       <c r="V27" t="n" s="3">
-        <v>2.0</v>
+        <v>5.0</v>
       </c>
       <c r="W27" t="n" s="3">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
       <c r="X27" t="n" s="3">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="Y27" t="n" s="3">
-        <v>5.0</v>
-[...1 lines deleted...]
-      <c r="Z27" s="4"/>
+        <v>3.0</v>
+      </c>
+      <c r="Z27" t="n" s="3">
+        <v>2.0</v>
+      </c>
       <c r="AA27"/>
       <c r="AB27"/>
       <c r="AC27" t="n" s="3">
-        <v>5.0</v>
+        <v>3.0</v>
       </c>
       <c r="AD27" t="n" s="3">
-        <v>3.0</v>
+        <v>5.0</v>
       </c>
       <c r="AE27" t="n" s="3">
         <v>4.0</v>
       </c>
-      <c r="AF27" t="n" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="AF27" s="4"/>
       <c r="AG27" t="n" s="3">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="AH27"/>
       <c r="AI27"/>
       <c r="AJ27"/>
       <c r="AK27"/>
       <c r="AL27"/>
       <c r="AM27"/>
       <c r="AN27"/>
       <c r="AO27"/>
       <c r="AP27"/>
       <c r="AQ27"/>
       <c r="AR27"/>
       <c r="AS27"/>
       <c r="AT27"/>
       <c r="AU27"/>
       <c r="AV27"/>
       <c r="AW27"/>
       <c r="AX27"/>
     </row>
     <row r="28" ht="15.0" customHeight="true">
       <c r="A28" t="n" s="3">
-        <v>5.0</v>
+        <v>4.0</v>
       </c>
       <c r="B28" t="n" s="3">
-        <v>2.0</v>
-[...6 lines deleted...]
-      </c>
+        <v>3.0</v>
+      </c>
+      <c r="C28" s="4"/>
+      <c r="D28" s="4"/>
       <c r="E28" t="n" s="3">
-        <v>1.0</v>
+        <v>5.0</v>
       </c>
       <c r="F28"/>
       <c r="G28"/>
       <c r="H28" t="n" s="3">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="I28" t="n" s="3">
-        <v>5.0</v>
+        <v>4.0</v>
       </c>
       <c r="J28" t="n" s="3">
-        <v>2.0</v>
-[...4 lines deleted...]
-      <c r="L28" s="4"/>
+        <v>5.0</v>
+      </c>
+      <c r="K28" s="4"/>
+      <c r="L28" t="n" s="3">
+        <v>2.0</v>
+      </c>
       <c r="M28"/>
       <c r="N28"/>
       <c r="O28" t="n" s="3">
-        <v>2.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>5.0</v>
+      </c>
+      <c r="P28" s="4"/>
       <c r="Q28" t="n" s="3">
         <v>1.0</v>
       </c>
       <c r="R28" t="n" s="3">
-        <v>5.0</v>
+        <v>2.0</v>
       </c>
       <c r="S28" t="n" s="3">
         <v>4.0</v>
       </c>
       <c r="T28"/>
       <c r="U28"/>
-      <c r="V28" s="4"/>
+      <c r="V28" t="n" s="3">
+        <v>3.0</v>
+      </c>
       <c r="W28" t="n" s="3">
-        <v>1.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>5.0</v>
+      </c>
+      <c r="X28" s="4"/>
       <c r="Y28" t="n" s="3">
-        <v>4.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>1.0</v>
+      </c>
+      <c r="Z28" s="4"/>
       <c r="AA28"/>
       <c r="AB28"/>
-      <c r="AC28" s="4"/>
-[...3 lines deleted...]
-      <c r="AG28" s="4"/>
+      <c r="AC28" t="n" s="3">
+        <v>5.0</v>
+      </c>
+      <c r="AD28" t="n" s="3">
+        <v>3.0</v>
+      </c>
+      <c r="AE28" t="n" s="3">
+        <v>2.0</v>
+      </c>
+      <c r="AF28" t="n" s="3">
+        <v>4.0</v>
+      </c>
+      <c r="AG28" t="n" s="3">
+        <v>1.0</v>
+      </c>
       <c r="AH28"/>
       <c r="AI28"/>
       <c r="AJ28"/>
       <c r="AK28"/>
       <c r="AL28"/>
       <c r="AM28"/>
       <c r="AN28"/>
       <c r="AO28"/>
       <c r="AP28"/>
       <c r="AQ28"/>
       <c r="AR28"/>
       <c r="AS28"/>
       <c r="AT28"/>
       <c r="AU28"/>
       <c r="AV28"/>
       <c r="AW28"/>
       <c r="AX28"/>
     </row>
     <row r="29" ht="15.0" customHeight="true">
-      <c r="A29" t="n" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="A29" s="4"/>
       <c r="B29" t="n" s="3">
-        <v>5.0</v>
+        <v>1.0</v>
       </c>
       <c r="C29" t="n" s="3">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="D29" t="n" s="3">
-        <v>2.0</v>
-[...1 lines deleted...]
-      <c r="E29" s="4"/>
+        <v>5.0</v>
+      </c>
+      <c r="E29" t="n" s="3">
+        <v>4.0</v>
+      </c>
       <c r="F29"/>
       <c r="G29"/>
-      <c r="H29" t="n" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="H29" s="4"/>
       <c r="I29" s="4"/>
-      <c r="J29" t="n" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="J29" s="4"/>
       <c r="K29" t="n" s="3">
-        <v>4.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>5.0</v>
+      </c>
+      <c r="L29" s="4"/>
       <c r="M29"/>
       <c r="N29"/>
       <c r="O29" t="n" s="3">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="P29" t="n" s="3">
-        <v>4.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>2.0</v>
+      </c>
+      <c r="Q29" s="4"/>
       <c r="R29" t="n" s="3">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
       <c r="S29" t="n" s="3">
-        <v>5.0</v>
+        <v>1.0</v>
       </c>
       <c r="T29"/>
       <c r="U29"/>
       <c r="V29" t="n" s="3">
-        <v>4.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>1.0</v>
+      </c>
+      <c r="W29" s="4"/>
       <c r="X29" t="n" s="3">
-        <v>3.0</v>
-[...1 lines deleted...]
-      <c r="Y29" s="4"/>
+        <v>4.0</v>
+      </c>
+      <c r="Y29" t="n" s="3">
+        <v>5.0</v>
+      </c>
       <c r="Z29" t="n" s="3">
-        <v>2.0</v>
+        <v>3.0</v>
       </c>
       <c r="AA29"/>
       <c r="AB29"/>
-      <c r="AC29" t="n" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="AC29" s="4"/>
       <c r="AD29" t="n" s="3">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="AE29" t="n" s="3">
-        <v>5.0</v>
+        <v>1.0</v>
       </c>
       <c r="AF29" t="n" s="3">
-        <v>4.0</v>
+        <v>5.0</v>
       </c>
       <c r="AG29" t="n" s="3">
-        <v>2.0</v>
+        <v>3.0</v>
       </c>
       <c r="AH29"/>
       <c r="AI29"/>
       <c r="AJ29"/>
       <c r="AK29"/>
       <c r="AL29"/>
       <c r="AM29"/>
       <c r="AN29"/>
       <c r="AO29"/>
       <c r="AP29"/>
       <c r="AQ29"/>
       <c r="AR29"/>
       <c r="AS29"/>
       <c r="AT29"/>
       <c r="AU29"/>
       <c r="AV29"/>
       <c r="AW29"/>
       <c r="AX29"/>
     </row>
     <row r="30" ht="15.0" customHeight="true">
       <c r="A30"/>
       <c r="B30"/>
       <c r="C30"/>
       <c r="D30"/>
       <c r="E30"/>
@@ -2698,489 +2698,489 @@
       <c r="AC30"/>
       <c r="AD30"/>
       <c r="AE30"/>
       <c r="AF30"/>
       <c r="AG30"/>
       <c r="AH30"/>
       <c r="AI30"/>
       <c r="AJ30"/>
       <c r="AK30"/>
       <c r="AL30"/>
       <c r="AM30"/>
       <c r="AN30"/>
       <c r="AO30"/>
       <c r="AP30"/>
       <c r="AQ30"/>
       <c r="AR30"/>
       <c r="AS30"/>
       <c r="AT30"/>
       <c r="AU30"/>
       <c r="AV30"/>
       <c r="AW30"/>
       <c r="AX30"/>
     </row>
     <row r="31" ht="15.0" customHeight="true">
       <c r="A31" t="n" s="3">
-        <v>1.0</v>
+        <v>5.0</v>
       </c>
       <c r="B31" t="n" s="3">
-        <v>2.0</v>
+        <v>3.0</v>
       </c>
       <c r="C31" t="n" s="3">
-        <v>4.0</v>
-[...2 lines deleted...]
-      <c r="E31" s="4"/>
+        <v>1.0</v>
+      </c>
+      <c r="D31" t="n" s="3">
+        <v>2.0</v>
+      </c>
+      <c r="E31" t="n" s="3">
+        <v>4.0</v>
+      </c>
       <c r="F31"/>
       <c r="G31"/>
-      <c r="H31" t="n" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="H31" s="4"/>
       <c r="I31" t="n" s="3">
-        <v>2.0</v>
+        <v>5.0</v>
       </c>
       <c r="J31" t="n" s="3">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
       <c r="K31" t="n" s="3">
-        <v>3.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>2.0</v>
+      </c>
+      <c r="L31" s="4"/>
       <c r="M31"/>
       <c r="N31"/>
       <c r="O31" t="n" s="3">
         <v>3.0</v>
       </c>
-      <c r="P31" s="4"/>
+      <c r="P31" t="n" s="3">
+        <v>4.0</v>
+      </c>
       <c r="Q31" t="n" s="3">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="R31" t="n" s="3">
-        <v>4.0</v>
+        <v>2.0</v>
       </c>
       <c r="S31" t="n" s="3">
-        <v>1.0</v>
+        <v>5.0</v>
       </c>
       <c r="T31"/>
       <c r="U31"/>
       <c r="V31" t="n" s="3">
-        <v>4.0</v>
-[...4 lines deleted...]
-      </c>
+        <v>2.0</v>
+      </c>
+      <c r="W31" t="n" s="3">
+        <v>5.0</v>
+      </c>
+      <c r="X31" s="4"/>
       <c r="Y31" t="n" s="3">
-        <v>5.0</v>
+        <v>4.0</v>
       </c>
       <c r="Z31" t="n" s="3">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="AA31"/>
       <c r="AB31"/>
       <c r="AC31" t="n" s="3">
-        <v>5.0</v>
+        <v>3.0</v>
       </c>
       <c r="AD31" t="n" s="3">
-        <v>3.0</v>
-[...4 lines deleted...]
-      <c r="AF31" s="4"/>
+        <v>5.0</v>
+      </c>
+      <c r="AE31" s="4"/>
+      <c r="AF31" t="n" s="3">
+        <v>1.0</v>
+      </c>
       <c r="AG31" t="n" s="3">
-        <v>2.0</v>
+        <v>4.0</v>
       </c>
       <c r="AH31"/>
       <c r="AI31"/>
       <c r="AJ31"/>
       <c r="AK31"/>
       <c r="AL31"/>
       <c r="AM31"/>
       <c r="AN31"/>
       <c r="AO31"/>
       <c r="AP31"/>
       <c r="AQ31"/>
       <c r="AR31"/>
       <c r="AS31"/>
       <c r="AT31"/>
       <c r="AU31"/>
       <c r="AV31"/>
       <c r="AW31"/>
       <c r="AX31"/>
     </row>
     <row r="32" ht="15.0" customHeight="true">
       <c r="A32" t="n" s="3">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="B32" t="n" s="3">
-        <v>4.0</v>
-[...6 lines deleted...]
-      </c>
+        <v>5.0</v>
+      </c>
+      <c r="C32" s="4"/>
+      <c r="D32" s="4"/>
       <c r="E32" t="n" s="3">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="F32"/>
       <c r="G32"/>
-      <c r="H32" s="4"/>
-[...5 lines deleted...]
-      </c>
+      <c r="H32" t="n" s="3">
+        <v>2.0</v>
+      </c>
+      <c r="I32" s="4"/>
+      <c r="J32" s="4"/>
       <c r="K32" t="n" s="3">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="L32" t="n" s="3">
-        <v>3.0</v>
+        <v>5.0</v>
       </c>
       <c r="M32"/>
       <c r="N32"/>
       <c r="O32" t="n" s="3">
-        <v>5.0</v>
+        <v>4.0</v>
       </c>
       <c r="P32" t="n" s="3">
         <v>1.0</v>
       </c>
       <c r="Q32" t="n" s="3">
-        <v>3.0</v>
+        <v>2.0</v>
       </c>
       <c r="R32" t="n" s="3">
-        <v>2.0</v>
+        <v>5.0</v>
       </c>
       <c r="S32" t="n" s="3">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
       <c r="T32"/>
       <c r="U32"/>
       <c r="V32" t="n" s="3">
         <v>1.0</v>
       </c>
-      <c r="W32" t="n" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="W32" s="4"/>
       <c r="X32" t="n" s="3">
-        <v>3.0</v>
-[...2 lines deleted...]
-      <c r="Z32" s="4"/>
+        <v>5.0</v>
+      </c>
+      <c r="Y32" t="n" s="3">
+        <v>3.0</v>
+      </c>
+      <c r="Z32" t="n" s="3">
+        <v>4.0</v>
+      </c>
       <c r="AA32"/>
       <c r="AB32"/>
       <c r="AC32" t="n" s="3">
-        <v>4.0</v>
-[...1 lines deleted...]
-      <c r="AD32" s="4"/>
+        <v>1.0</v>
+      </c>
+      <c r="AD32" t="n" s="3">
+        <v>3.0</v>
+      </c>
       <c r="AE32" t="n" s="3">
-        <v>2.0</v>
+        <v>5.0</v>
       </c>
       <c r="AF32" t="n" s="3">
-        <v>1.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>4.0</v>
+      </c>
+      <c r="AG32" s="4"/>
       <c r="AH32"/>
       <c r="AI32"/>
       <c r="AJ32"/>
       <c r="AK32"/>
       <c r="AL32"/>
       <c r="AM32"/>
       <c r="AN32"/>
       <c r="AO32"/>
       <c r="AP32"/>
       <c r="AQ32"/>
       <c r="AR32"/>
       <c r="AS32"/>
       <c r="AT32"/>
       <c r="AU32"/>
       <c r="AV32"/>
       <c r="AW32"/>
       <c r="AX32"/>
     </row>
     <row r="33" ht="15.0" customHeight="true">
-      <c r="A33" s="4"/>
+      <c r="A33" t="n" s="3">
+        <v>3.0</v>
+      </c>
       <c r="B33" t="n" s="3">
-        <v>3.0</v>
+        <v>2.0</v>
       </c>
       <c r="C33" t="n" s="3">
-        <v>2.0</v>
+        <v>4.0</v>
       </c>
       <c r="D33" t="n" s="3">
-        <v>1.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>5.0</v>
+      </c>
+      <c r="E33" s="4"/>
       <c r="F33"/>
       <c r="G33"/>
       <c r="H33" t="n" s="3">
-        <v>2.0</v>
+        <v>3.0</v>
       </c>
       <c r="I33" t="n" s="3">
-        <v>3.0</v>
-[...1 lines deleted...]
-      <c r="J33" s="4"/>
+        <v>4.0</v>
+      </c>
+      <c r="J33" t="n" s="3">
+        <v>2.0</v>
+      </c>
       <c r="K33" s="4"/>
       <c r="L33" t="n" s="3">
         <v>1.0</v>
       </c>
       <c r="M33"/>
       <c r="N33"/>
-      <c r="O33" s="4"/>
+      <c r="O33" t="n" s="3">
+        <v>1.0</v>
+      </c>
       <c r="P33" t="n" s="3">
         <v>2.0</v>
       </c>
       <c r="Q33" t="n" s="3">
-        <v>4.0</v>
-[...4 lines deleted...]
-      </c>
+        <v>5.0</v>
+      </c>
+      <c r="R33" t="n" s="3">
+        <v>3.0</v>
+      </c>
+      <c r="S33" s="4"/>
       <c r="T33"/>
       <c r="U33"/>
       <c r="V33" t="n" s="3">
-        <v>2.0</v>
+        <v>5.0</v>
       </c>
       <c r="W33" t="n" s="3">
-        <v>1.0</v>
-[...4 lines deleted...]
-      </c>
+        <v>3.0</v>
+      </c>
+      <c r="X33" t="n" s="3">
+        <v>4.0</v>
+      </c>
+      <c r="Y33" s="4"/>
       <c r="Z33" t="n" s="3">
-        <v>4.0</v>
+        <v>2.0</v>
       </c>
       <c r="AA33"/>
       <c r="AB33"/>
       <c r="AC33" t="n" s="3">
-        <v>2.0</v>
+        <v>4.0</v>
       </c>
       <c r="AD33" t="n" s="3">
-        <v>4.0</v>
-[...4 lines deleted...]
-      </c>
+        <v>1.0</v>
+      </c>
+      <c r="AE33" t="n" s="3">
+        <v>3.0</v>
+      </c>
+      <c r="AF33" s="4"/>
       <c r="AG33" t="n" s="3">
-        <v>1.0</v>
+        <v>5.0</v>
       </c>
       <c r="AH33"/>
       <c r="AI33"/>
       <c r="AJ33"/>
       <c r="AK33"/>
       <c r="AL33"/>
       <c r="AM33"/>
       <c r="AN33"/>
       <c r="AO33"/>
       <c r="AP33"/>
       <c r="AQ33"/>
       <c r="AR33"/>
       <c r="AS33"/>
       <c r="AT33"/>
       <c r="AU33"/>
       <c r="AV33"/>
       <c r="AW33"/>
       <c r="AX33"/>
     </row>
     <row r="34" ht="15.0" customHeight="true">
       <c r="A34" t="n" s="3">
-        <v>2.0</v>
-[...4 lines deleted...]
-      <c r="C34" s="4"/>
+        <v>4.0</v>
+      </c>
+      <c r="B34" s="4"/>
+      <c r="C34" t="n" s="3">
+        <v>5.0</v>
+      </c>
       <c r="D34" t="n" s="3">
         <v>3.0</v>
       </c>
       <c r="E34" t="n" s="3">
-        <v>4.0</v>
+        <v>2.0</v>
       </c>
       <c r="F34"/>
       <c r="G34"/>
       <c r="H34" t="n" s="3">
-        <v>4.0</v>
+        <v>5.0</v>
       </c>
       <c r="I34" t="n" s="3">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="J34" t="n" s="3">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="K34" t="n" s="3">
-        <v>5.0</v>
-[...1 lines deleted...]
-      <c r="L34" s="4"/>
+        <v>4.0</v>
+      </c>
+      <c r="L34" t="n" s="3">
+        <v>3.0</v>
+      </c>
       <c r="M34"/>
       <c r="N34"/>
-      <c r="O34" t="n" s="3">
-[...5 lines deleted...]
-      <c r="Q34" s="4"/>
+      <c r="O34" s="4"/>
+      <c r="P34" s="4"/>
+      <c r="Q34" t="n" s="3">
+        <v>3.0</v>
+      </c>
       <c r="R34" t="n" s="3">
-        <v>1.0</v>
-[...1 lines deleted...]
-      <c r="S34" s="4"/>
+        <v>4.0</v>
+      </c>
+      <c r="S34" t="n" s="3">
+        <v>1.0</v>
+      </c>
       <c r="T34"/>
       <c r="U34"/>
       <c r="V34" s="4"/>
       <c r="W34" t="n" s="3">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="X34" t="n" s="3">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="Y34" t="n" s="3">
         <v>2.0</v>
       </c>
       <c r="Z34" t="n" s="3">
-        <v>3.0</v>
+        <v>5.0</v>
       </c>
       <c r="AA34"/>
       <c r="AB34"/>
-      <c r="AC34" t="n" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="AC34" s="4"/>
       <c r="AD34" t="n" s="3">
-        <v>2.0</v>
+        <v>4.0</v>
       </c>
       <c r="AE34" t="n" s="3">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="AF34" t="n" s="3">
         <v>5.0</v>
       </c>
-      <c r="AG34" s="4"/>
+      <c r="AG34" t="n" s="3">
+        <v>3.0</v>
+      </c>
       <c r="AH34"/>
       <c r="AI34"/>
       <c r="AJ34"/>
       <c r="AK34"/>
       <c r="AL34"/>
       <c r="AM34"/>
       <c r="AN34"/>
       <c r="AO34"/>
       <c r="AP34"/>
       <c r="AQ34"/>
       <c r="AR34"/>
       <c r="AS34"/>
       <c r="AT34"/>
       <c r="AU34"/>
       <c r="AV34"/>
       <c r="AW34"/>
       <c r="AX34"/>
     </row>
     <row r="35" ht="15.0" customHeight="true">
-      <c r="A35" t="n" s="3">
-[...2 lines deleted...]
-      <c r="B35" s="4"/>
+      <c r="A35" s="4"/>
+      <c r="B35" t="n" s="3">
+        <v>4.0</v>
+      </c>
       <c r="C35" t="n" s="3">
         <v>3.0</v>
       </c>
       <c r="D35" t="n" s="3">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="E35" t="n" s="3">
-        <v>2.0</v>
+        <v>5.0</v>
       </c>
       <c r="F35"/>
       <c r="G35"/>
       <c r="H35" t="n" s="3">
-        <v>3.0</v>
-[...1 lines deleted...]
-      <c r="I35" s="4"/>
+        <v>4.0</v>
+      </c>
+      <c r="I35" t="n" s="3">
+        <v>3.0</v>
+      </c>
       <c r="J35" t="n" s="3">
-        <v>1.0</v>
+        <v>5.0</v>
       </c>
       <c r="K35" t="n" s="3">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="L35" t="n" s="3">
-        <v>4.0</v>
+        <v>2.0</v>
       </c>
       <c r="M35"/>
       <c r="N35"/>
       <c r="O35" t="n" s="3">
-        <v>2.0</v>
+        <v>5.0</v>
       </c>
       <c r="P35" t="n" s="3">
-        <v>4.0</v>
-[...6 lines deleted...]
-      </c>
+        <v>3.0</v>
+      </c>
+      <c r="Q35" s="4"/>
+      <c r="R35" s="4"/>
       <c r="S35" t="n" s="3">
-        <v>3.0</v>
+        <v>2.0</v>
       </c>
       <c r="T35"/>
       <c r="U35"/>
       <c r="V35" t="n" s="3">
         <v>3.0</v>
       </c>
       <c r="W35" t="n" s="3">
-        <v>5.0</v>
+        <v>4.0</v>
       </c>
       <c r="X35" t="n" s="3">
-        <v>4.0</v>
+        <v>2.0</v>
       </c>
       <c r="Y35" t="n" s="3">
-        <v>1.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>5.0</v>
+      </c>
+      <c r="Z35" s="4"/>
       <c r="AA35"/>
       <c r="AB35"/>
-      <c r="AC35" s="4"/>
-[...2 lines deleted...]
-      </c>
+      <c r="AC35" t="n" s="3">
+        <v>5.0</v>
+      </c>
+      <c r="AD35" s="4"/>
       <c r="AE35" t="n" s="3">
         <v>4.0</v>
       </c>
       <c r="AF35" t="n" s="3">
-        <v>2.0</v>
+        <v>3.0</v>
       </c>
       <c r="AG35" t="n" s="3">
-        <v>5.0</v>
+        <v>1.0</v>
       </c>
       <c r="AH35"/>
       <c r="AI35"/>
       <c r="AJ35"/>
       <c r="AK35"/>
       <c r="AL35"/>
       <c r="AM35"/>
       <c r="AN35"/>
       <c r="AO35"/>
       <c r="AP35"/>
       <c r="AQ35"/>
       <c r="AR35"/>
       <c r="AS35"/>
       <c r="AT35"/>
       <c r="AU35"/>
       <c r="AV35"/>
       <c r="AW35"/>
       <c r="AX35"/>
     </row>
     <row r="36" ht="15.0" customHeight="true">
       <c r="A36"/>
       <c r="B36"/>
       <c r="C36"/>
       <c r="D36"/>
       <c r="E36"/>
@@ -3209,490 +3209,490 @@
       <c r="AB36"/>
       <c r="AC36"/>
       <c r="AD36"/>
       <c r="AE36"/>
       <c r="AF36"/>
       <c r="AG36"/>
       <c r="AH36"/>
       <c r="AI36"/>
       <c r="AJ36"/>
       <c r="AK36"/>
       <c r="AL36"/>
       <c r="AM36"/>
       <c r="AN36"/>
       <c r="AO36"/>
       <c r="AP36"/>
       <c r="AQ36"/>
       <c r="AR36"/>
       <c r="AS36"/>
       <c r="AT36"/>
       <c r="AU36"/>
       <c r="AV36"/>
       <c r="AW36"/>
       <c r="AX36"/>
     </row>
     <row r="37" ht="15.0" customHeight="true">
-      <c r="A37" t="n" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="A37" s="4"/>
       <c r="B37" t="n" s="3">
-        <v>1.0</v>
+        <v>4.0</v>
       </c>
       <c r="C37" t="n" s="3">
-        <v>3.0</v>
+        <v>5.0</v>
       </c>
       <c r="D37" t="n" s="3">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
       <c r="E37" t="n" s="3">
-        <v>5.0</v>
+        <v>1.0</v>
       </c>
       <c r="F37"/>
       <c r="G37"/>
       <c r="H37" t="n" s="3">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="I37" t="n" s="3">
-        <v>4.0</v>
-[...4 lines deleted...]
-      </c>
+        <v>5.0</v>
+      </c>
+      <c r="J37" t="n" s="3">
+        <v>2.0</v>
+      </c>
+      <c r="K37" s="4"/>
       <c r="L37" t="n" s="3">
-        <v>5.0</v>
+        <v>4.0</v>
       </c>
       <c r="M37"/>
       <c r="N37"/>
       <c r="O37" t="n" s="3">
-        <v>3.0</v>
+        <v>5.0</v>
       </c>
       <c r="P37" t="n" s="3">
-        <v>5.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>4.0</v>
+      </c>
+      <c r="Q37" s="4"/>
       <c r="R37" t="n" s="3">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="S37" s="4"/>
       <c r="T37"/>
       <c r="U37"/>
       <c r="V37" t="n" s="3">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="W37" t="n" s="3">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="X37" t="n" s="3">
-        <v>5.0</v>
-[...2 lines deleted...]
-      <c r="Z37" s="4"/>
+        <v>4.0</v>
+      </c>
+      <c r="Y37" t="n" s="3">
+        <v>5.0</v>
+      </c>
+      <c r="Z37" t="n" s="3">
+        <v>3.0</v>
+      </c>
       <c r="AA37"/>
       <c r="AB37"/>
       <c r="AC37" t="n" s="3">
-        <v>3.0</v>
+        <v>5.0</v>
       </c>
       <c r="AD37" t="n" s="3">
-        <v>5.0</v>
+        <v>4.0</v>
       </c>
       <c r="AE37" s="4"/>
       <c r="AF37" t="n" s="3">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="AG37" t="n" s="3">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="AH37"/>
       <c r="AI37"/>
       <c r="AJ37"/>
       <c r="AK37"/>
       <c r="AL37"/>
       <c r="AM37"/>
       <c r="AN37"/>
       <c r="AO37"/>
       <c r="AP37"/>
       <c r="AQ37"/>
       <c r="AR37"/>
       <c r="AS37"/>
       <c r="AT37"/>
       <c r="AU37"/>
       <c r="AV37"/>
       <c r="AW37"/>
       <c r="AX37"/>
     </row>
     <row r="38" ht="15.0" customHeight="true">
       <c r="A38" t="n" s="3">
-        <v>4.0</v>
+        <v>5.0</v>
       </c>
       <c r="B38" t="n" s="3">
         <v>2.0</v>
       </c>
       <c r="C38" t="n" s="3">
-        <v>5.0</v>
+        <v>4.0</v>
       </c>
       <c r="D38" t="n" s="3">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="E38" t="n" s="3">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="F38"/>
       <c r="G38"/>
       <c r="H38" t="n" s="3">
         <v>5.0</v>
       </c>
-      <c r="I38" s="4"/>
+      <c r="I38" t="n" s="3">
+        <v>2.0</v>
+      </c>
       <c r="J38" t="n" s="3">
-        <v>1.0</v>
+        <v>4.0</v>
       </c>
       <c r="K38" t="n" s="3">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
       <c r="L38" t="n" s="3">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="M38"/>
       <c r="N38"/>
       <c r="O38" t="n" s="3">
-        <v>5.0</v>
-[...2 lines deleted...]
-      <c r="Q38" s="4"/>
+        <v>3.0</v>
+      </c>
+      <c r="P38" t="n" s="3">
+        <v>5.0</v>
+      </c>
+      <c r="Q38" t="n" s="3">
+        <v>4.0</v>
+      </c>
       <c r="R38" t="n" s="3">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="S38" t="n" s="3">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="T38"/>
       <c r="U38"/>
       <c r="V38" t="n" s="3">
         <v>4.0</v>
       </c>
       <c r="W38" t="n" s="3">
-        <v>3.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>1.0</v>
+      </c>
+      <c r="X38" s="4"/>
       <c r="Y38" t="n" s="3">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="Z38" t="n" s="3">
         <v>5.0</v>
       </c>
       <c r="AA38"/>
       <c r="AB38"/>
       <c r="AC38" t="n" s="3">
-        <v>4.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>3.0</v>
+      </c>
+      <c r="AD38" s="4"/>
       <c r="AE38" t="n" s="3">
         <v>1.0</v>
       </c>
       <c r="AF38" s="4"/>
       <c r="AG38" t="n" s="3">
-        <v>5.0</v>
+        <v>4.0</v>
       </c>
       <c r="AH38"/>
       <c r="AI38"/>
       <c r="AJ38"/>
       <c r="AK38"/>
       <c r="AL38"/>
       <c r="AM38"/>
       <c r="AN38"/>
       <c r="AO38"/>
       <c r="AP38"/>
       <c r="AQ38"/>
       <c r="AR38"/>
       <c r="AS38"/>
       <c r="AT38"/>
       <c r="AU38"/>
       <c r="AV38"/>
       <c r="AW38"/>
       <c r="AX38"/>
     </row>
     <row r="39" ht="15.0" customHeight="true">
       <c r="A39" t="n" s="3">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
       <c r="B39" t="n" s="3">
-        <v>5.0</v>
+        <v>1.0</v>
       </c>
       <c r="C39" t="n" s="3">
-        <v>4.0</v>
-[...6 lines deleted...]
-      </c>
+        <v>3.0</v>
+      </c>
+      <c r="D39" s="4"/>
+      <c r="E39" s="4"/>
       <c r="F39"/>
       <c r="G39"/>
       <c r="H39" t="n" s="3">
-        <v>4.0</v>
-[...8 lines deleted...]
-      <c r="L39" s="4"/>
+        <v>2.0</v>
+      </c>
+      <c r="I39" s="4"/>
+      <c r="J39" s="4"/>
+      <c r="K39" t="n" s="3">
+        <v>4.0</v>
+      </c>
+      <c r="L39" t="n" s="3">
+        <v>5.0</v>
+      </c>
       <c r="M39"/>
       <c r="N39"/>
-      <c r="O39" s="4"/>
-[...2 lines deleted...]
-      </c>
+      <c r="O39" t="n" s="3">
+        <v>2.0</v>
+      </c>
+      <c r="P39" s="4"/>
       <c r="Q39" t="n" s="3">
-        <v>3.0</v>
+        <v>5.0</v>
       </c>
       <c r="R39" t="n" s="3">
         <v>4.0</v>
       </c>
       <c r="S39" t="n" s="3">
-        <v>5.0</v>
+        <v>1.0</v>
       </c>
       <c r="T39"/>
       <c r="U39"/>
       <c r="V39" t="n" s="3">
-        <v>1.0</v>
-[...1 lines deleted...]
-      <c r="W39" s="4"/>
+        <v>2.0</v>
+      </c>
+      <c r="W39" t="n" s="3">
+        <v>3.0</v>
+      </c>
       <c r="X39" t="n" s="3">
-        <v>3.0</v>
+        <v>5.0</v>
       </c>
       <c r="Y39" t="n" s="3">
-        <v>5.0</v>
+        <v>4.0</v>
       </c>
       <c r="Z39" t="n" s="3">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="AA39"/>
       <c r="AB39"/>
-      <c r="AC39" t="n" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="AC39" s="4"/>
       <c r="AD39" t="n" s="3">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
       <c r="AE39" t="n" s="3">
-        <v>2.0</v>
+        <v>5.0</v>
       </c>
       <c r="AF39" t="n" s="3">
-        <v>5.0</v>
-[...1 lines deleted...]
-      <c r="AG39" s="4"/>
+        <v>4.0</v>
+      </c>
+      <c r="AG39" t="n" s="3">
+        <v>2.0</v>
+      </c>
       <c r="AH39"/>
       <c r="AI39"/>
       <c r="AJ39"/>
       <c r="AK39"/>
       <c r="AL39"/>
       <c r="AM39"/>
       <c r="AN39"/>
       <c r="AO39"/>
       <c r="AP39"/>
       <c r="AQ39"/>
       <c r="AR39"/>
       <c r="AS39"/>
       <c r="AT39"/>
       <c r="AU39"/>
       <c r="AV39"/>
       <c r="AW39"/>
       <c r="AX39"/>
     </row>
     <row r="40" ht="15.0" customHeight="true">
       <c r="A40" t="n" s="3">
-        <v>5.0</v>
+        <v>1.0</v>
       </c>
       <c r="B40" t="n" s="3">
         <v>3.0</v>
       </c>
       <c r="C40" s="4"/>
-      <c r="D40" s="4"/>
-      <c r="E40" s="4"/>
+      <c r="D40" t="n" s="3">
+        <v>5.0</v>
+      </c>
+      <c r="E40" t="n" s="3">
+        <v>4.0</v>
+      </c>
       <c r="F40"/>
       <c r="G40"/>
       <c r="H40" t="n" s="3">
-        <v>2.0</v>
+        <v>4.0</v>
       </c>
       <c r="I40" t="n" s="3">
         <v>1.0</v>
       </c>
       <c r="J40" t="n" s="3">
-        <v>5.0</v>
+        <v>3.0</v>
       </c>
       <c r="K40" t="n" s="3">
-        <v>3.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>5.0</v>
+      </c>
+      <c r="L40" s="4"/>
       <c r="M40"/>
       <c r="N40"/>
-      <c r="O40" t="n" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="O40" s="4"/>
       <c r="P40" t="n" s="3">
         <v>1.0</v>
       </c>
       <c r="Q40" t="n" s="3">
-        <v>5.0</v>
-[...1 lines deleted...]
-      <c r="R40" s="4"/>
+        <v>2.0</v>
+      </c>
+      <c r="R40" t="n" s="3">
+        <v>3.0</v>
+      </c>
       <c r="S40" t="n" s="3">
-        <v>3.0</v>
+        <v>5.0</v>
       </c>
       <c r="T40"/>
       <c r="U40"/>
       <c r="V40" t="n" s="3">
-        <v>2.0</v>
-[...7 lines deleted...]
-      </c>
+        <v>5.0</v>
+      </c>
+      <c r="W40" s="4"/>
+      <c r="X40" t="n" s="3">
+        <v>3.0</v>
+      </c>
+      <c r="Y40" s="4"/>
       <c r="Z40" t="n" s="3">
-        <v>3.0</v>
+        <v>2.0</v>
       </c>
       <c r="AA40"/>
       <c r="AB40"/>
-      <c r="AC40" s="4"/>
-      <c r="AD40" s="4"/>
+      <c r="AC40" t="n" s="3">
+        <v>4.0</v>
+      </c>
+      <c r="AD40" t="n" s="3">
+        <v>2.0</v>
+      </c>
       <c r="AE40" t="n" s="3">
-        <v>5.0</v>
+        <v>3.0</v>
       </c>
       <c r="AF40" t="n" s="3">
-        <v>3.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>1.0</v>
+      </c>
+      <c r="AG40" s="4"/>
       <c r="AH40"/>
       <c r="AI40"/>
       <c r="AJ40"/>
       <c r="AK40"/>
       <c r="AL40"/>
       <c r="AM40"/>
       <c r="AN40"/>
       <c r="AO40"/>
       <c r="AP40"/>
       <c r="AQ40"/>
       <c r="AR40"/>
       <c r="AS40"/>
       <c r="AT40"/>
       <c r="AU40"/>
       <c r="AV40"/>
       <c r="AW40"/>
       <c r="AX40"/>
     </row>
     <row r="41" ht="15.0" customHeight="true">
-      <c r="A41" s="4"/>
+      <c r="A41" t="n" s="3">
+        <v>3.0</v>
+      </c>
       <c r="B41" s="4"/>
       <c r="C41" t="n" s="3">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="D41" t="n" s="3">
-        <v>5.0</v>
+        <v>4.0</v>
       </c>
       <c r="E41" t="n" s="3">
-        <v>3.0</v>
+        <v>2.0</v>
       </c>
       <c r="F41"/>
       <c r="G41"/>
       <c r="H41" s="4"/>
       <c r="I41" t="n" s="3">
-        <v>5.0</v>
+        <v>4.0</v>
       </c>
       <c r="J41" t="n" s="3">
-        <v>4.0</v>
+        <v>5.0</v>
       </c>
       <c r="K41" t="n" s="3">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="L41" t="n" s="3">
-        <v>2.0</v>
+        <v>3.0</v>
       </c>
       <c r="M41"/>
       <c r="N41"/>
       <c r="O41" t="n" s="3">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="P41" t="n" s="3">
-        <v>3.0</v>
+        <v>2.0</v>
       </c>
       <c r="Q41" t="n" s="3">
-        <v>1.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>3.0</v>
+      </c>
+      <c r="R41" s="4"/>
       <c r="S41" t="n" s="3">
         <v>4.0</v>
       </c>
       <c r="T41"/>
       <c r="U41"/>
       <c r="V41" s="4"/>
       <c r="W41" t="n" s="3">
-        <v>2.0</v>
+        <v>5.0</v>
       </c>
       <c r="X41" t="n" s="3">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="Y41" t="n" s="3">
-        <v>3.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>2.0</v>
+      </c>
+      <c r="Z41" s="4"/>
       <c r="AA41"/>
       <c r="AB41"/>
       <c r="AC41" t="n" s="3">
-        <v>5.0</v>
+        <v>2.0</v>
       </c>
       <c r="AD41" t="n" s="3">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="AE41" t="n" s="3">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
       <c r="AF41" t="n" s="3">
-        <v>4.0</v>
+        <v>5.0</v>
       </c>
       <c r="AG41" t="n" s="3">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="AH41"/>
       <c r="AI41"/>
       <c r="AJ41"/>
       <c r="AK41"/>
       <c r="AL41"/>
       <c r="AM41"/>
       <c r="AN41"/>
       <c r="AO41"/>
       <c r="AP41"/>
       <c r="AQ41"/>
       <c r="AR41"/>
       <c r="AS41"/>
       <c r="AT41"/>
       <c r="AU41"/>
       <c r="AV41"/>
       <c r="AW41"/>
       <c r="AX41"/>
     </row>
     <row r="42" ht="15.0" customHeight="true">
       <c r="A42"/>
       <c r="B42"/>
       <c r="C42"/>
       <c r="D42"/>
       <c r="E42"/>
@@ -3722,489 +3722,489 @@
       <c r="AC42"/>
       <c r="AD42"/>
       <c r="AE42"/>
       <c r="AF42"/>
       <c r="AG42"/>
       <c r="AH42"/>
       <c r="AI42"/>
       <c r="AJ42"/>
       <c r="AK42"/>
       <c r="AL42"/>
       <c r="AM42"/>
       <c r="AN42"/>
       <c r="AO42"/>
       <c r="AP42"/>
       <c r="AQ42"/>
       <c r="AR42"/>
       <c r="AS42"/>
       <c r="AT42"/>
       <c r="AU42"/>
       <c r="AV42"/>
       <c r="AW42"/>
       <c r="AX42"/>
     </row>
     <row r="43" ht="15.0" customHeight="true">
       <c r="A43" t="n" s="3">
-        <v>5.0</v>
+        <v>3.0</v>
       </c>
       <c r="B43" t="n" s="3">
         <v>2.0</v>
       </c>
-      <c r="C43" s="4"/>
+      <c r="C43" t="n" s="3">
+        <v>4.0</v>
+      </c>
       <c r="D43" t="n" s="3">
-        <v>3.0</v>
+        <v>5.0</v>
       </c>
       <c r="E43" t="n" s="3">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="F43"/>
       <c r="G43"/>
       <c r="H43" t="n" s="3">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="I43" t="n" s="3">
-        <v>5.0</v>
+        <v>2.0</v>
       </c>
       <c r="J43" t="n" s="3">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
       <c r="K43" t="n" s="3">
-        <v>1.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>5.0</v>
+      </c>
+      <c r="L43" s="4"/>
       <c r="M43"/>
       <c r="N43"/>
       <c r="O43" t="n" s="3">
-        <v>5.0</v>
+        <v>2.0</v>
       </c>
       <c r="P43" t="n" s="3">
-        <v>1.0</v>
-[...7 lines deleted...]
-      </c>
+        <v>4.0</v>
+      </c>
+      <c r="Q43" s="4"/>
+      <c r="R43" t="n" s="3">
+        <v>3.0</v>
+      </c>
+      <c r="S43" s="4"/>
       <c r="T43"/>
       <c r="U43"/>
       <c r="V43" t="n" s="3">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="W43" t="n" s="3">
-        <v>5.0</v>
+        <v>1.0</v>
       </c>
       <c r="X43" t="n" s="3">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
       <c r="Y43" t="n" s="3">
-        <v>2.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>4.0</v>
+      </c>
+      <c r="Z43" s="4"/>
       <c r="AA43"/>
       <c r="AB43"/>
-      <c r="AC43" t="n" s="3">
-[...8 lines deleted...]
-      </c>
+      <c r="AC43" s="4"/>
+      <c r="AD43" t="n" s="3">
+        <v>5.0</v>
+      </c>
+      <c r="AE43" s="4"/>
+      <c r="AF43" s="4"/>
       <c r="AG43" t="n" s="3">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="AH43"/>
       <c r="AI43"/>
       <c r="AJ43"/>
       <c r="AK43"/>
       <c r="AL43"/>
       <c r="AM43"/>
       <c r="AN43"/>
       <c r="AO43"/>
       <c r="AP43"/>
       <c r="AQ43"/>
       <c r="AR43"/>
       <c r="AS43"/>
       <c r="AT43"/>
       <c r="AU43"/>
       <c r="AV43"/>
       <c r="AW43"/>
       <c r="AX43"/>
     </row>
     <row r="44" ht="15.0" customHeight="true">
       <c r="A44" t="n" s="3">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="B44" t="n" s="3">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="C44" t="n" s="3">
         <v>5.0</v>
       </c>
-      <c r="D44" t="n" s="3">
-[...4 lines deleted...]
-      </c>
+      <c r="D44" s="4"/>
+      <c r="E44" s="4"/>
       <c r="F44"/>
       <c r="G44"/>
       <c r="H44" t="n" s="3">
-        <v>2.0</v>
+        <v>5.0</v>
       </c>
       <c r="I44" t="n" s="3">
         <v>3.0</v>
       </c>
       <c r="J44" t="n" s="3">
         <v>1.0</v>
       </c>
-      <c r="K44" s="4"/>
+      <c r="K44" t="n" s="3">
+        <v>4.0</v>
+      </c>
       <c r="L44" t="n" s="3">
-        <v>4.0</v>
+        <v>2.0</v>
       </c>
       <c r="M44"/>
       <c r="N44"/>
       <c r="O44" t="n" s="3">
-        <v>2.0</v>
+        <v>4.0</v>
       </c>
       <c r="P44" t="n" s="3">
-        <v>3.0</v>
+        <v>5.0</v>
       </c>
       <c r="Q44" t="n" s="3">
-        <v>4.0</v>
+        <v>2.0</v>
       </c>
       <c r="R44" t="n" s="3">
-        <v>5.0</v>
+        <v>1.0</v>
       </c>
       <c r="S44" t="n" s="3">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="T44"/>
       <c r="U44"/>
-      <c r="V44" t="n" s="3">
-[...4 lines deleted...]
-      </c>
+      <c r="V44" s="4"/>
+      <c r="W44" s="4"/>
       <c r="X44" t="n" s="3">
-        <v>5.0</v>
+        <v>4.0</v>
       </c>
       <c r="Y44" t="n" s="3">
-        <v>4.0</v>
-[...1 lines deleted...]
-      <c r="Z44" s="4"/>
+        <v>1.0</v>
+      </c>
+      <c r="Z44" t="n" s="3">
+        <v>2.0</v>
+      </c>
       <c r="AA44"/>
       <c r="AB44"/>
       <c r="AC44" t="n" s="3">
         <v>2.0</v>
       </c>
-      <c r="AD44" t="n" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="AD44" s="4"/>
       <c r="AE44" t="n" s="3">
-        <v>1.0</v>
+        <v>5.0</v>
       </c>
       <c r="AF44" t="n" s="3">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="AG44" t="n" s="3">
-        <v>5.0</v>
+        <v>4.0</v>
       </c>
       <c r="AH44"/>
       <c r="AI44"/>
       <c r="AJ44"/>
       <c r="AK44"/>
       <c r="AL44"/>
       <c r="AM44"/>
       <c r="AN44"/>
       <c r="AO44"/>
       <c r="AP44"/>
       <c r="AQ44"/>
       <c r="AR44"/>
       <c r="AS44"/>
       <c r="AT44"/>
       <c r="AU44"/>
       <c r="AV44"/>
       <c r="AW44"/>
       <c r="AX44"/>
     </row>
     <row r="45" ht="15.0" customHeight="true">
       <c r="A45" t="n" s="3">
-        <v>1.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>5.0</v>
+      </c>
+      <c r="B45" s="4"/>
       <c r="C45" t="n" s="3">
         <v>3.0</v>
       </c>
       <c r="D45" t="n" s="3">
         <v>4.0</v>
       </c>
       <c r="E45" t="n" s="3">
         <v>2.0</v>
       </c>
       <c r="F45"/>
       <c r="G45"/>
       <c r="H45" t="n" s="3">
-        <v>5.0</v>
-[...6 lines deleted...]
-      </c>
+        <v>3.0</v>
+      </c>
+      <c r="I45" s="4"/>
+      <c r="J45" s="4"/>
       <c r="K45" t="n" s="3">
-        <v>4.0</v>
+        <v>2.0</v>
       </c>
       <c r="L45" t="n" s="3">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="M45"/>
       <c r="N45"/>
       <c r="O45" t="n" s="3">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="P45" t="n" s="3">
         <v>2.0</v>
       </c>
       <c r="Q45" t="n" s="3">
-        <v>5.0</v>
+        <v>3.0</v>
       </c>
       <c r="R45" t="n" s="3">
-        <v>1.0</v>
+        <v>4.0</v>
       </c>
       <c r="S45" t="n" s="3">
-        <v>3.0</v>
+        <v>5.0</v>
       </c>
       <c r="T45"/>
       <c r="U45"/>
-      <c r="V45" s="4"/>
+      <c r="V45" t="n" s="3">
+        <v>4.0</v>
+      </c>
       <c r="W45" t="n" s="3">
-        <v>2.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>5.0</v>
+      </c>
+      <c r="X45" s="4"/>
       <c r="Y45" t="n" s="3">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="Z45" t="n" s="3">
-        <v>5.0</v>
+        <v>3.0</v>
       </c>
       <c r="AA45"/>
       <c r="AB45"/>
       <c r="AC45" t="n" s="3">
         <v>1.0</v>
       </c>
       <c r="AD45" t="n" s="3">
         <v>2.0</v>
       </c>
       <c r="AE45" t="n" s="3">
         <v>4.0</v>
       </c>
-      <c r="AF45" s="4"/>
-      <c r="AG45" s="4"/>
+      <c r="AF45" t="n" s="3">
+        <v>5.0</v>
+      </c>
+      <c r="AG45" t="n" s="3">
+        <v>3.0</v>
+      </c>
       <c r="AH45"/>
       <c r="AI45"/>
       <c r="AJ45"/>
       <c r="AK45"/>
       <c r="AL45"/>
       <c r="AM45"/>
       <c r="AN45"/>
       <c r="AO45"/>
       <c r="AP45"/>
       <c r="AQ45"/>
       <c r="AR45"/>
       <c r="AS45"/>
       <c r="AT45"/>
       <c r="AU45"/>
       <c r="AV45"/>
       <c r="AW45"/>
       <c r="AX45"/>
     </row>
     <row r="46" ht="15.0" customHeight="true">
       <c r="A46" t="n" s="3">
-        <v>2.0</v>
-[...1 lines deleted...]
-      <c r="B46" s="4"/>
+        <v>4.0</v>
+      </c>
+      <c r="B46" t="n" s="3">
+        <v>5.0</v>
+      </c>
       <c r="C46" t="n" s="3">
-        <v>4.0</v>
-[...2 lines deleted...]
-      <c r="E46" s="4"/>
+        <v>2.0</v>
+      </c>
+      <c r="D46" t="n" s="3">
+        <v>1.0</v>
+      </c>
+      <c r="E46" t="n" s="3">
+        <v>3.0</v>
+      </c>
       <c r="F46"/>
       <c r="G46"/>
       <c r="H46" t="n" s="3">
-        <v>3.0</v>
+        <v>2.0</v>
       </c>
       <c r="I46" t="n" s="3">
-        <v>4.0</v>
+        <v>5.0</v>
       </c>
       <c r="J46" t="n" s="3">
-        <v>5.0</v>
-[...4 lines deleted...]
-      <c r="L46" s="4"/>
+        <v>3.0</v>
+      </c>
+      <c r="K46" s="4"/>
+      <c r="L46" t="n" s="3">
+        <v>4.0</v>
+      </c>
       <c r="M46"/>
       <c r="N46"/>
       <c r="O46" s="4"/>
-      <c r="P46" t="n" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="P46" s="4"/>
       <c r="Q46" t="n" s="3">
         <v>1.0</v>
       </c>
-      <c r="R46" t="n" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="R46" s="4"/>
       <c r="S46" t="n" s="3">
-        <v>5.0</v>
+        <v>4.0</v>
       </c>
       <c r="T46"/>
       <c r="U46"/>
       <c r="V46" t="n" s="3">
-        <v>5.0</v>
+        <v>3.0</v>
       </c>
       <c r="W46" t="n" s="3">
         <v>4.0</v>
       </c>
-      <c r="X46" s="4"/>
+      <c r="X46" t="n" s="3">
+        <v>2.0</v>
+      </c>
       <c r="Y46" t="n" s="3">
-        <v>3.0</v>
+        <v>5.0</v>
       </c>
       <c r="Z46" t="n" s="3">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="AA46"/>
       <c r="AB46"/>
       <c r="AC46" t="n" s="3">
         <v>4.0</v>
       </c>
       <c r="AD46" t="n" s="3">
         <v>1.0</v>
       </c>
-      <c r="AE46" s="4"/>
+      <c r="AE46" t="n" s="3">
+        <v>3.0</v>
+      </c>
       <c r="AF46" t="n" s="3">
-        <v>3.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>2.0</v>
+      </c>
+      <c r="AG46" s="4"/>
       <c r="AH46"/>
       <c r="AI46"/>
       <c r="AJ46"/>
       <c r="AK46"/>
       <c r="AL46"/>
       <c r="AM46"/>
       <c r="AN46"/>
       <c r="AO46"/>
       <c r="AP46"/>
       <c r="AQ46"/>
       <c r="AR46"/>
       <c r="AS46"/>
       <c r="AT46"/>
       <c r="AU46"/>
       <c r="AV46"/>
       <c r="AW46"/>
       <c r="AX46"/>
     </row>
     <row r="47" ht="15.0" customHeight="true">
       <c r="A47" s="4"/>
       <c r="B47" t="n" s="3">
         <v>4.0</v>
       </c>
-      <c r="C47" t="n" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="C47" s="4"/>
       <c r="D47" t="n" s="3">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="E47" t="n" s="3">
         <v>5.0</v>
       </c>
       <c r="F47"/>
       <c r="G47"/>
       <c r="H47" s="4"/>
-      <c r="I47" s="4"/>
-      <c r="J47" s="4"/>
+      <c r="I47" t="n" s="3">
+        <v>1.0</v>
+      </c>
+      <c r="J47" t="n" s="3">
+        <v>2.0</v>
+      </c>
       <c r="K47" t="n" s="3">
         <v>3.0</v>
       </c>
       <c r="L47" t="n" s="3">
         <v>5.0</v>
       </c>
       <c r="M47"/>
       <c r="N47"/>
       <c r="O47" t="n" s="3">
-        <v>1.0</v>
-[...2 lines deleted...]
-      <c r="Q47" s="4"/>
+        <v>3.0</v>
+      </c>
+      <c r="P47" t="n" s="3">
+        <v>1.0</v>
+      </c>
+      <c r="Q47" t="n" s="3">
+        <v>4.0</v>
+      </c>
       <c r="R47" t="n" s="3">
-        <v>4.0</v>
-[...1 lines deleted...]
-      <c r="S47" s="4"/>
+        <v>5.0</v>
+      </c>
+      <c r="S47" t="n" s="3">
+        <v>2.0</v>
+      </c>
       <c r="T47"/>
       <c r="U47"/>
       <c r="V47" t="n" s="3">
-        <v>3.0</v>
-[...1 lines deleted...]
-      <c r="W47" s="4"/>
+        <v>1.0</v>
+      </c>
+      <c r="W47" t="n" s="3">
+        <v>2.0</v>
+      </c>
       <c r="X47" t="n" s="3">
-        <v>2.0</v>
+        <v>5.0</v>
       </c>
       <c r="Y47" s="4"/>
       <c r="Z47" t="n" s="3">
         <v>4.0</v>
       </c>
       <c r="AA47"/>
       <c r="AB47"/>
-      <c r="AC47" s="4"/>
+      <c r="AC47" t="n" s="3">
+        <v>5.0</v>
+      </c>
       <c r="AD47" t="n" s="3">
         <v>4.0</v>
       </c>
       <c r="AE47" t="n" s="3">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="AF47" t="n" s="3">
-        <v>2.0</v>
+        <v>3.0</v>
       </c>
       <c r="AG47" t="n" s="3">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="AH47"/>
       <c r="AI47"/>
       <c r="AJ47"/>
       <c r="AK47"/>
       <c r="AL47"/>
       <c r="AM47"/>
       <c r="AN47"/>
       <c r="AO47"/>
       <c r="AP47"/>
       <c r="AQ47"/>
       <c r="AR47"/>
       <c r="AS47"/>
       <c r="AT47"/>
       <c r="AU47"/>
       <c r="AV47"/>
       <c r="AW47"/>
       <c r="AX47"/>
     </row>
     <row r="48" ht="15.0" customHeight="true">
       <c r="A48"/>
       <c r="B48"/>
       <c r="C48"/>
       <c r="D48"/>
       <c r="E48"/>