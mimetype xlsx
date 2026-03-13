--- v1 (2026-01-27)
+++ v2 (2026-03-13)
@@ -138,489 +138,489 @@
     <col min="28" max="28" width="2.734375" customWidth="true"/>
     <col min="29" max="29" width="2.734375" customWidth="true"/>
     <col min="30" max="30" width="2.734375" customWidth="true"/>
     <col min="31" max="31" width="2.734375" customWidth="true"/>
     <col min="32" max="32" width="2.734375" customWidth="true"/>
     <col min="33" max="33" width="2.734375" customWidth="true"/>
     <col min="34" max="34" width="2.734375" customWidth="true"/>
     <col min="35" max="35" width="2.734375" customWidth="true"/>
     <col min="36" max="36" width="2.734375" customWidth="true"/>
     <col min="37" max="37" width="2.734375" customWidth="true"/>
     <col min="38" max="38" width="2.734375" customWidth="true"/>
     <col min="39" max="39" width="2.734375" customWidth="true"/>
     <col min="40" max="40" width="2.734375" customWidth="true"/>
     <col min="41" max="41" width="2.734375" customWidth="true"/>
     <col min="42" max="42" width="2.734375" customWidth="true"/>
     <col min="43" max="43" width="2.734375" customWidth="true"/>
     <col min="44" max="44" width="2.734375" customWidth="true"/>
     <col min="45" max="45" width="2.734375" customWidth="true"/>
     <col min="46" max="46" width="2.734375" customWidth="true"/>
     <col min="47" max="47" width="2.734375" customWidth="true"/>
     <col min="48" max="48" width="2.734375" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1" ht="15.0" customHeight="true">
       <c r="A1" t="n" s="3">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="B1" t="n" s="3">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="C1" t="n" s="3">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
       <c r="D1" t="n" s="3">
         <v>5.0</v>
       </c>
-      <c r="E1" s="4"/>
+      <c r="E1" t="n" s="3">
+        <v>4.0</v>
+      </c>
       <c r="F1"/>
       <c r="G1"/>
       <c r="H1" t="n" s="3">
-        <v>3.0</v>
+        <v>5.0</v>
       </c>
       <c r="I1" t="n" s="3">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="J1" t="n" s="3">
-        <v>1.0</v>
-[...2 lines deleted...]
-      <c r="L1" s="4"/>
+        <v>3.0</v>
+      </c>
+      <c r="K1" t="n" s="3">
+        <v>4.0</v>
+      </c>
+      <c r="L1" t="n" s="3">
+        <v>2.0</v>
+      </c>
       <c r="M1"/>
       <c r="N1"/>
       <c r="O1" t="n" s="3">
         <v>2.0</v>
       </c>
-      <c r="P1" t="n" s="3">
-[...2 lines deleted...]
-      <c r="Q1" s="4"/>
+      <c r="P1" s="4"/>
+      <c r="Q1" t="n" s="3">
+        <v>3.0</v>
+      </c>
       <c r="R1" t="n" s="3">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="S1" t="n" s="3">
         <v>4.0</v>
       </c>
       <c r="T1"/>
       <c r="U1"/>
-      <c r="V1" t="n" s="3">
-[...2 lines deleted...]
-      <c r="W1" s="4"/>
+      <c r="V1" s="4"/>
+      <c r="W1" t="n" s="3">
+        <v>2.0</v>
+      </c>
       <c r="X1" t="n" s="3">
-        <v>2.0</v>
+        <v>3.0</v>
       </c>
       <c r="Y1" t="n" s="3">
         <v>1.0</v>
       </c>
       <c r="Z1" t="n" s="3">
         <v>5.0</v>
       </c>
       <c r="AA1"/>
       <c r="AB1"/>
       <c r="AC1" t="n" s="3">
-        <v>3.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>5.0</v>
+      </c>
+      <c r="AD1" s="4"/>
       <c r="AE1" t="n" s="3">
-        <v>2.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>4.0</v>
+      </c>
+      <c r="AF1" s="4"/>
       <c r="AG1" t="n" s="3">
-        <v>4.0</v>
+        <v>2.0</v>
       </c>
       <c r="AH1"/>
       <c r="AI1"/>
       <c r="AJ1"/>
       <c r="AK1"/>
       <c r="AL1"/>
       <c r="AM1"/>
       <c r="AN1"/>
       <c r="AO1"/>
       <c r="AP1"/>
       <c r="AQ1"/>
       <c r="AR1"/>
       <c r="AS1"/>
       <c r="AT1"/>
       <c r="AU1"/>
       <c r="AV1"/>
       <c r="AW1"/>
       <c r="AX1"/>
     </row>
     <row r="2" ht="15.0" customHeight="true">
       <c r="A2" t="n" s="3">
-        <v>2.0</v>
+        <v>4.0</v>
       </c>
       <c r="B2" t="n" s="3">
-        <v>5.0</v>
-[...9 lines deleted...]
-      </c>
+        <v>3.0</v>
+      </c>
+      <c r="C2" s="4"/>
+      <c r="D2" s="4"/>
+      <c r="E2" s="4"/>
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2" t="n" s="3">
         <v>1.0</v>
       </c>
       <c r="I2" s="4"/>
       <c r="J2" t="n" s="3">
-        <v>3.0</v>
+        <v>5.0</v>
       </c>
       <c r="K2" t="n" s="3">
-        <v>2.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>3.0</v>
+      </c>
+      <c r="L2" s="4"/>
       <c r="M2"/>
       <c r="N2"/>
-      <c r="O2" t="n" s="3">
-[...2 lines deleted...]
-      <c r="P2" s="4"/>
+      <c r="O2" s="4"/>
+      <c r="P2" t="n" s="3">
+        <v>2.0</v>
+      </c>
       <c r="Q2" t="n" s="3">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="R2" s="4"/>
       <c r="S2" t="n" s="3">
-        <v>1.0</v>
+        <v>5.0</v>
       </c>
       <c r="T2"/>
       <c r="U2"/>
-      <c r="V2" s="4"/>
+      <c r="V2" t="n" s="3">
+        <v>1.0</v>
+      </c>
       <c r="W2" t="n" s="3">
-        <v>2.0</v>
+        <v>4.0</v>
       </c>
       <c r="X2" t="n" s="3">
-        <v>3.0</v>
+        <v>2.0</v>
       </c>
       <c r="Y2" t="n" s="3">
         <v>5.0</v>
       </c>
       <c r="Z2" t="n" s="3">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
       <c r="AA2"/>
       <c r="AB2"/>
       <c r="AC2" t="n" s="3">
-        <v>4.0</v>
-[...1 lines deleted...]
-      <c r="AD2" s="4"/>
+        <v>2.0</v>
+      </c>
+      <c r="AD2" t="n" s="3">
+        <v>3.0</v>
+      </c>
       <c r="AE2" t="n" s="3">
         <v>5.0</v>
       </c>
       <c r="AF2" t="n" s="3">
-        <v>3.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>4.0</v>
+      </c>
+      <c r="AG2" s="4"/>
       <c r="AH2"/>
       <c r="AI2"/>
       <c r="AJ2"/>
       <c r="AK2"/>
       <c r="AL2"/>
       <c r="AM2"/>
       <c r="AN2"/>
       <c r="AO2"/>
       <c r="AP2"/>
       <c r="AQ2"/>
       <c r="AR2"/>
       <c r="AS2"/>
       <c r="AT2"/>
       <c r="AU2"/>
       <c r="AV2"/>
       <c r="AW2"/>
       <c r="AX2"/>
     </row>
     <row r="3" ht="15.0" customHeight="true">
       <c r="A3" t="n" s="3">
-        <v>3.0</v>
-[...2 lines deleted...]
-      <c r="C3" s="4"/>
+        <v>1.0</v>
+      </c>
+      <c r="B3" t="n" s="3">
+        <v>4.0</v>
+      </c>
+      <c r="C3" t="n" s="3">
+        <v>5.0</v>
+      </c>
       <c r="D3" t="n" s="3">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="E3" t="n" s="3">
-        <v>4.0</v>
+        <v>2.0</v>
       </c>
       <c r="F3"/>
       <c r="G3"/>
-      <c r="H3" s="4"/>
+      <c r="H3" t="n" s="3">
+        <v>2.0</v>
+      </c>
       <c r="I3" t="n" s="3">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
       <c r="J3" t="n" s="3">
-        <v>5.0</v>
+        <v>4.0</v>
       </c>
       <c r="K3" t="n" s="3">
         <v>1.0</v>
       </c>
       <c r="L3" t="n" s="3">
-        <v>3.0</v>
+        <v>5.0</v>
       </c>
       <c r="M3"/>
       <c r="N3"/>
       <c r="O3" t="n" s="3">
         <v>5.0</v>
       </c>
       <c r="P3" t="n" s="3">
         <v>4.0</v>
       </c>
       <c r="Q3" t="n" s="3">
         <v>2.0</v>
       </c>
       <c r="R3" t="n" s="3">
-        <v>1.0</v>
-[...1 lines deleted...]
-      <c r="S3" s="4"/>
+        <v>3.0</v>
+      </c>
+      <c r="S3" t="n" s="3">
+        <v>1.0</v>
+      </c>
       <c r="T3"/>
       <c r="U3"/>
       <c r="V3" t="n" s="3">
         <v>2.0</v>
       </c>
       <c r="W3" t="n" s="3">
-        <v>3.0</v>
-[...6 lines deleted...]
-      </c>
+        <v>5.0</v>
+      </c>
+      <c r="X3" s="4"/>
+      <c r="Y3" s="4"/>
       <c r="Z3" t="n" s="3">
         <v>1.0</v>
       </c>
       <c r="AA3"/>
       <c r="AB3"/>
-      <c r="AC3" t="n" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="AC3" s="4"/>
       <c r="AD3" t="n" s="3">
         <v>4.0</v>
       </c>
       <c r="AE3" s="4"/>
       <c r="AF3" t="n" s="3">
-        <v>5.0</v>
+        <v>2.0</v>
       </c>
       <c r="AG3" t="n" s="3">
-        <v>3.0</v>
+        <v>5.0</v>
       </c>
       <c r="AH3"/>
       <c r="AI3"/>
       <c r="AJ3"/>
       <c r="AK3"/>
       <c r="AL3"/>
       <c r="AM3"/>
       <c r="AN3"/>
       <c r="AO3"/>
       <c r="AP3"/>
       <c r="AQ3"/>
       <c r="AR3"/>
       <c r="AS3"/>
       <c r="AT3"/>
       <c r="AU3"/>
       <c r="AV3"/>
       <c r="AW3"/>
       <c r="AX3"/>
     </row>
     <row r="4" ht="15.0" customHeight="true">
-      <c r="A4" s="4"/>
+      <c r="A4" t="n" s="3">
+        <v>3.0</v>
+      </c>
       <c r="B4" t="n" s="3">
-        <v>4.0</v>
+        <v>5.0</v>
       </c>
       <c r="C4" t="n" s="3">
-        <v>3.0</v>
+        <v>2.0</v>
       </c>
       <c r="D4" t="n" s="3">
-        <v>2.0</v>
+        <v>4.0</v>
       </c>
       <c r="E4" t="n" s="3">
         <v>1.0</v>
       </c>
       <c r="F4"/>
       <c r="G4"/>
-      <c r="H4" t="n" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="H4" s="4"/>
       <c r="I4" t="n" s="3">
-        <v>1.0</v>
+        <v>5.0</v>
       </c>
       <c r="J4" s="4"/>
       <c r="K4" t="n" s="3">
-        <v>3.0</v>
+        <v>2.0</v>
       </c>
       <c r="L4" t="n" s="3">
-        <v>2.0</v>
+        <v>3.0</v>
       </c>
       <c r="M4"/>
       <c r="N4"/>
       <c r="O4" t="n" s="3">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="P4" t="n" s="3">
         <v>3.0</v>
       </c>
-      <c r="Q4" t="n" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="Q4" s="4"/>
       <c r="R4" t="n" s="3">
         <v>5.0</v>
       </c>
-      <c r="S4" t="n" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="S4" s="4"/>
       <c r="T4"/>
       <c r="U4"/>
       <c r="V4" t="n" s="3">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
       <c r="W4" t="n" s="3">
-        <v>5.0</v>
-[...3 lines deleted...]
-      <c r="Z4" s="4"/>
+        <v>1.0</v>
+      </c>
+      <c r="X4" t="n" s="3">
+        <v>5.0</v>
+      </c>
+      <c r="Y4" t="n" s="3">
+        <v>2.0</v>
+      </c>
+      <c r="Z4" t="n" s="3">
+        <v>4.0</v>
+      </c>
       <c r="AA4"/>
       <c r="AB4"/>
-      <c r="AC4" s="4"/>
+      <c r="AC4" t="n" s="3">
+        <v>4.0</v>
+      </c>
       <c r="AD4" t="n" s="3">
-        <v>3.0</v>
+        <v>2.0</v>
       </c>
       <c r="AE4" t="n" s="3">
-        <v>4.0</v>
-[...2 lines deleted...]
-      <c r="AG4" s="4"/>
+        <v>1.0</v>
+      </c>
+      <c r="AF4" t="n" s="3">
+        <v>5.0</v>
+      </c>
+      <c r="AG4" t="n" s="3">
+        <v>3.0</v>
+      </c>
       <c r="AH4"/>
       <c r="AI4"/>
       <c r="AJ4"/>
       <c r="AK4"/>
       <c r="AL4"/>
       <c r="AM4"/>
       <c r="AN4"/>
       <c r="AO4"/>
       <c r="AP4"/>
       <c r="AQ4"/>
       <c r="AR4"/>
       <c r="AS4"/>
       <c r="AT4"/>
       <c r="AU4"/>
       <c r="AV4"/>
       <c r="AW4"/>
       <c r="AX4"/>
     </row>
     <row r="5" ht="15.0" customHeight="true">
-      <c r="A5" t="n" s="3">
-[...4 lines deleted...]
-      </c>
+      <c r="A5" s="4"/>
+      <c r="B5" s="4"/>
       <c r="C5" t="n" s="3">
-        <v>2.0</v>
-[...1 lines deleted...]
-      <c r="D5" s="4"/>
+        <v>4.0</v>
+      </c>
+      <c r="D5" t="n" s="3">
+        <v>1.0</v>
+      </c>
       <c r="E5" t="n" s="3">
-        <v>5.0</v>
+        <v>3.0</v>
       </c>
       <c r="F5"/>
       <c r="G5"/>
       <c r="H5" t="n" s="3">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
       <c r="I5" t="n" s="3">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
       <c r="J5" t="n" s="3">
         <v>2.0</v>
       </c>
-      <c r="K5" t="n" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="K5" s="4"/>
       <c r="L5" t="n" s="3">
         <v>1.0</v>
       </c>
       <c r="M5"/>
       <c r="N5"/>
-      <c r="O5" s="4"/>
+      <c r="O5" t="n" s="3">
+        <v>4.0</v>
+      </c>
       <c r="P5" t="n" s="3">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="Q5" t="n" s="3">
-        <v>3.0</v>
+        <v>5.0</v>
       </c>
       <c r="R5" t="n" s="3">
-        <v>4.0</v>
+        <v>2.0</v>
       </c>
       <c r="S5" t="n" s="3">
-        <v>5.0</v>
+        <v>3.0</v>
       </c>
       <c r="T5"/>
       <c r="U5"/>
       <c r="V5" t="n" s="3">
         <v>5.0</v>
       </c>
-      <c r="W5" t="n" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="W5" s="4"/>
       <c r="X5" t="n" s="3">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="Y5" t="n" s="3">
-        <v>3.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>4.0</v>
+      </c>
+      <c r="Z5" s="4"/>
       <c r="AA5"/>
       <c r="AB5"/>
       <c r="AC5" t="n" s="3">
-        <v>5.0</v>
+        <v>3.0</v>
       </c>
       <c r="AD5" t="n" s="3">
-        <v>2.0</v>
+        <v>5.0</v>
       </c>
       <c r="AE5" t="n" s="3">
-        <v>3.0</v>
+        <v>2.0</v>
       </c>
       <c r="AF5" t="n" s="3">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="AG5" t="n" s="3">
-        <v>1.0</v>
+        <v>4.0</v>
       </c>
       <c r="AH5"/>
       <c r="AI5"/>
       <c r="AJ5"/>
       <c r="AK5"/>
       <c r="AL5"/>
       <c r="AM5"/>
       <c r="AN5"/>
       <c r="AO5"/>
       <c r="AP5"/>
       <c r="AQ5"/>
       <c r="AR5"/>
       <c r="AS5"/>
       <c r="AT5"/>
       <c r="AU5"/>
       <c r="AV5"/>
       <c r="AW5"/>
       <c r="AX5"/>
     </row>
     <row r="6" ht="15.0" customHeight="true">
       <c r="A6"/>
       <c r="B6"/>
       <c r="C6"/>
       <c r="D6"/>
       <c r="E6"/>
@@ -649,487 +649,487 @@
       <c r="AB6"/>
       <c r="AC6"/>
       <c r="AD6"/>
       <c r="AE6"/>
       <c r="AF6"/>
       <c r="AG6"/>
       <c r="AH6"/>
       <c r="AI6"/>
       <c r="AJ6"/>
       <c r="AK6"/>
       <c r="AL6"/>
       <c r="AM6"/>
       <c r="AN6"/>
       <c r="AO6"/>
       <c r="AP6"/>
       <c r="AQ6"/>
       <c r="AR6"/>
       <c r="AS6"/>
       <c r="AT6"/>
       <c r="AU6"/>
       <c r="AV6"/>
       <c r="AW6"/>
       <c r="AX6"/>
     </row>
     <row r="7" ht="15.0" customHeight="true">
-      <c r="A7" s="4"/>
+      <c r="A7" t="n" s="3">
+        <v>5.0</v>
+      </c>
       <c r="B7" t="n" s="3">
-        <v>5.0</v>
+        <v>1.0</v>
       </c>
       <c r="C7" t="n" s="3">
         <v>2.0</v>
       </c>
       <c r="D7" t="n" s="3">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
       <c r="E7" t="n" s="3">
-        <v>1.0</v>
+        <v>4.0</v>
       </c>
       <c r="F7"/>
       <c r="G7"/>
       <c r="H7" t="n" s="3">
-        <v>5.0</v>
+        <v>1.0</v>
       </c>
       <c r="I7" t="n" s="3">
-        <v>3.0</v>
+        <v>5.0</v>
       </c>
       <c r="J7" s="4"/>
       <c r="K7" t="n" s="3">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
       <c r="L7" t="n" s="3">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="M7"/>
       <c r="N7"/>
       <c r="O7" t="n" s="3">
-        <v>3.0</v>
+        <v>5.0</v>
       </c>
       <c r="P7" t="n" s="3">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
       <c r="Q7" t="n" s="3">
-        <v>5.0</v>
+        <v>1.0</v>
       </c>
       <c r="R7" t="n" s="3">
-        <v>1.0</v>
-[...1 lines deleted...]
-      <c r="S7" s="4"/>
+        <v>4.0</v>
+      </c>
+      <c r="S7" t="n" s="3">
+        <v>2.0</v>
+      </c>
       <c r="T7"/>
       <c r="U7"/>
       <c r="V7" t="n" s="3">
-        <v>4.0</v>
+        <v>5.0</v>
       </c>
       <c r="W7" t="n" s="3">
-        <v>1.0</v>
-[...1 lines deleted...]
-      <c r="X7" s="4"/>
+        <v>4.0</v>
+      </c>
+      <c r="X7" t="n" s="3">
+        <v>2.0</v>
+      </c>
       <c r="Y7" t="n" s="3">
-        <v>5.0</v>
+        <v>3.0</v>
       </c>
       <c r="Z7" t="n" s="3">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="AA7"/>
       <c r="AB7"/>
       <c r="AC7" t="n" s="3">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="AD7" t="n" s="3">
-        <v>4.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>2.0</v>
+      </c>
+      <c r="AE7" s="4"/>
       <c r="AF7" t="n" s="3">
         <v>5.0</v>
       </c>
       <c r="AG7" s="4"/>
       <c r="AH7"/>
       <c r="AI7"/>
       <c r="AJ7"/>
       <c r="AK7"/>
       <c r="AL7"/>
       <c r="AM7"/>
       <c r="AN7"/>
       <c r="AO7"/>
       <c r="AP7"/>
       <c r="AQ7"/>
       <c r="AR7"/>
       <c r="AS7"/>
       <c r="AT7"/>
       <c r="AU7"/>
       <c r="AV7"/>
       <c r="AW7"/>
       <c r="AX7"/>
     </row>
     <row r="8" ht="15.0" customHeight="true">
       <c r="A8" t="n" s="3">
-        <v>2.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>1.0</v>
+      </c>
+      <c r="B8" s="4"/>
       <c r="C8" t="n" s="3">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
       <c r="D8" t="n" s="3">
-        <v>5.0</v>
+        <v>2.0</v>
       </c>
       <c r="E8" t="n" s="3">
-        <v>4.0</v>
+        <v>5.0</v>
       </c>
       <c r="F8"/>
       <c r="G8"/>
-      <c r="H8" s="4"/>
+      <c r="H8" t="n" s="3">
+        <v>3.0</v>
+      </c>
       <c r="I8" t="n" s="3">
-        <v>5.0</v>
+        <v>1.0</v>
       </c>
       <c r="J8" t="n" s="3">
-        <v>3.0</v>
+        <v>5.0</v>
       </c>
       <c r="K8" t="n" s="3">
         <v>2.0</v>
       </c>
       <c r="L8" t="n" s="3">
         <v>4.0</v>
       </c>
       <c r="M8"/>
       <c r="N8"/>
       <c r="O8" t="n" s="3">
         <v>2.0</v>
       </c>
       <c r="P8" t="n" s="3">
-        <v>3.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>5.0</v>
+      </c>
+      <c r="Q8" s="4"/>
       <c r="R8" t="n" s="3">
-        <v>4.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>3.0</v>
+      </c>
+      <c r="S8" s="4"/>
       <c r="T8"/>
       <c r="U8"/>
       <c r="V8" t="n" s="3">
-        <v>2.0</v>
+        <v>4.0</v>
       </c>
       <c r="W8" t="n" s="3">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="X8" t="n" s="3">
-        <v>3.0</v>
+        <v>5.0</v>
       </c>
       <c r="Y8" t="n" s="3">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="Z8" t="n" s="3">
-        <v>5.0</v>
+        <v>3.0</v>
       </c>
       <c r="AA8"/>
       <c r="AB8"/>
       <c r="AC8" t="n" s="3">
-        <v>2.0</v>
-[...1 lines deleted...]
-      <c r="AD8" s="4"/>
+        <v>1.0</v>
+      </c>
+      <c r="AD8" t="n" s="3">
+        <v>3.0</v>
+      </c>
       <c r="AE8" t="n" s="3">
         <v>4.0</v>
       </c>
-      <c r="AF8" t="n" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="AF8" s="4"/>
       <c r="AG8" t="n" s="3">
         <v>5.0</v>
       </c>
       <c r="AH8"/>
       <c r="AI8"/>
       <c r="AJ8"/>
       <c r="AK8"/>
       <c r="AL8"/>
       <c r="AM8"/>
       <c r="AN8"/>
       <c r="AO8"/>
       <c r="AP8"/>
       <c r="AQ8"/>
       <c r="AR8"/>
       <c r="AS8"/>
       <c r="AT8"/>
       <c r="AU8"/>
       <c r="AV8"/>
       <c r="AW8"/>
       <c r="AX8"/>
     </row>
     <row r="9" ht="15.0" customHeight="true">
       <c r="A9" t="n" s="3">
-        <v>4.0</v>
-[...1 lines deleted...]
-      <c r="B9" s="4"/>
+        <v>3.0</v>
+      </c>
+      <c r="B9" t="n" s="3">
+        <v>2.0</v>
+      </c>
       <c r="C9" t="n" s="3">
-        <v>1.0</v>
+        <v>5.0</v>
       </c>
       <c r="D9" t="n" s="3">
-        <v>2.0</v>
+        <v>4.0</v>
       </c>
       <c r="E9" t="n" s="3">
-        <v>5.0</v>
+        <v>1.0</v>
       </c>
       <c r="F9"/>
       <c r="G9"/>
       <c r="H9" t="n" s="3">
-        <v>4.0</v>
-[...1 lines deleted...]
-      <c r="I9" s="4"/>
+        <v>5.0</v>
+      </c>
+      <c r="I9" t="n" s="3">
+        <v>4.0</v>
+      </c>
       <c r="J9" t="n" s="3">
-        <v>5.0</v>
+        <v>2.0</v>
       </c>
       <c r="K9" t="n" s="3">
         <v>1.0</v>
       </c>
-      <c r="L9" s="4"/>
+      <c r="L9" t="n" s="3">
+        <v>3.0</v>
+      </c>
       <c r="M9"/>
       <c r="N9"/>
       <c r="O9" t="n" s="3">
         <v>1.0</v>
       </c>
       <c r="P9" s="4"/>
-      <c r="Q9" s="4"/>
+      <c r="Q9" t="n" s="3">
+        <v>3.0</v>
+      </c>
       <c r="R9" t="n" s="3">
         <v>2.0</v>
       </c>
       <c r="S9" t="n" s="3">
-        <v>4.0</v>
+        <v>5.0</v>
       </c>
       <c r="T9"/>
       <c r="U9"/>
       <c r="V9" s="4"/>
-      <c r="W9" s="4"/>
-[...2 lines deleted...]
-      </c>
+      <c r="W9" t="n" s="3">
+        <v>5.0</v>
+      </c>
+      <c r="X9" s="4"/>
       <c r="Y9" t="n" s="3">
-        <v>2.0</v>
+        <v>4.0</v>
       </c>
       <c r="Z9" t="n" s="3">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="AA9"/>
       <c r="AB9"/>
       <c r="AC9" t="n" s="3">
         <v>5.0</v>
       </c>
       <c r="AD9" t="n" s="3">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
       <c r="AE9" t="n" s="3">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="AF9" t="n" s="3">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="AG9" t="n" s="3">
-        <v>4.0</v>
+        <v>2.0</v>
       </c>
       <c r="AH9"/>
       <c r="AI9"/>
       <c r="AJ9"/>
       <c r="AK9"/>
       <c r="AL9"/>
       <c r="AM9"/>
       <c r="AN9"/>
       <c r="AO9"/>
       <c r="AP9"/>
       <c r="AQ9"/>
       <c r="AR9"/>
       <c r="AS9"/>
       <c r="AT9"/>
       <c r="AU9"/>
       <c r="AV9"/>
       <c r="AW9"/>
       <c r="AX9"/>
     </row>
     <row r="10" ht="15.0" customHeight="true">
       <c r="A10" t="n" s="3">
-        <v>1.0</v>
+        <v>4.0</v>
       </c>
       <c r="B10" t="n" s="3">
-        <v>4.0</v>
-[...6 lines deleted...]
-      </c>
+        <v>5.0</v>
+      </c>
+      <c r="C10" s="4"/>
+      <c r="D10" s="4"/>
       <c r="E10" t="n" s="3">
         <v>2.0</v>
       </c>
       <c r="F10"/>
       <c r="G10"/>
-      <c r="H10" t="n" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="H10" s="4"/>
       <c r="I10" t="n" s="3">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
       <c r="J10" t="n" s="3">
         <v>1.0</v>
       </c>
-      <c r="K10" t="n" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="K10" s="4"/>
       <c r="L10" t="n" s="3">
         <v>5.0</v>
       </c>
       <c r="M10"/>
       <c r="N10"/>
-      <c r="O10" s="4"/>
+      <c r="O10" t="n" s="3">
+        <v>4.0</v>
+      </c>
       <c r="P10" t="n" s="3">
         <v>1.0</v>
       </c>
       <c r="Q10" t="n" s="3">
         <v>2.0</v>
       </c>
       <c r="R10" t="n" s="3">
         <v>5.0</v>
       </c>
       <c r="S10" t="n" s="3">
         <v>3.0</v>
       </c>
       <c r="T10"/>
       <c r="U10"/>
       <c r="V10" t="n" s="3">
-        <v>3.0</v>
+        <v>2.0</v>
       </c>
       <c r="W10" t="n" s="3">
-        <v>5.0</v>
+        <v>3.0</v>
       </c>
       <c r="X10" t="n" s="3">
-        <v>1.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>4.0</v>
+      </c>
+      <c r="Y10" s="4"/>
       <c r="Z10" t="n" s="3">
-        <v>2.0</v>
+        <v>5.0</v>
       </c>
       <c r="AA10"/>
       <c r="AB10"/>
       <c r="AC10" s="4"/>
       <c r="AD10" t="n" s="3">
-        <v>5.0</v>
+        <v>1.0</v>
       </c>
       <c r="AE10" t="n" s="3">
-        <v>2.0</v>
-[...1 lines deleted...]
-      <c r="AF10" s="4"/>
+        <v>5.0</v>
+      </c>
+      <c r="AF10" t="n" s="3">
+        <v>4.0</v>
+      </c>
       <c r="AG10" t="n" s="3">
         <v>3.0</v>
       </c>
       <c r="AH10"/>
       <c r="AI10"/>
       <c r="AJ10"/>
       <c r="AK10"/>
       <c r="AL10"/>
       <c r="AM10"/>
       <c r="AN10"/>
       <c r="AO10"/>
       <c r="AP10"/>
       <c r="AQ10"/>
       <c r="AR10"/>
       <c r="AS10"/>
       <c r="AT10"/>
       <c r="AU10"/>
       <c r="AV10"/>
       <c r="AW10"/>
       <c r="AX10"/>
     </row>
     <row r="11" ht="15.0" customHeight="true">
-      <c r="A11" t="n" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="A11" s="4"/>
       <c r="B11" t="n" s="3">
-        <v>2.0</v>
-[...2 lines deleted...]
-      <c r="D11" s="4"/>
+        <v>4.0</v>
+      </c>
+      <c r="C11" t="n" s="3">
+        <v>1.0</v>
+      </c>
+      <c r="D11" t="n" s="3">
+        <v>5.0</v>
+      </c>
       <c r="E11" s="4"/>
       <c r="F11"/>
       <c r="G11"/>
       <c r="H11" t="n" s="3">
-        <v>3.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>4.0</v>
+      </c>
+      <c r="I11" s="4"/>
       <c r="J11" t="n" s="3">
-        <v>4.0</v>
-[...4 lines deleted...]
-      </c>
+        <v>3.0</v>
+      </c>
+      <c r="K11" t="n" s="3">
+        <v>5.0</v>
+      </c>
+      <c r="L11" s="4"/>
       <c r="M11"/>
       <c r="N11"/>
-      <c r="O11" t="n" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="O11" s="4"/>
       <c r="P11" t="n" s="3">
         <v>2.0</v>
       </c>
       <c r="Q11" t="n" s="3">
-        <v>4.0</v>
+        <v>5.0</v>
       </c>
       <c r="R11" s="4"/>
       <c r="S11" t="n" s="3">
-        <v>1.0</v>
+        <v>4.0</v>
       </c>
       <c r="T11"/>
       <c r="U11"/>
       <c r="V11" t="n" s="3">
         <v>1.0</v>
       </c>
-      <c r="W11" t="n" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="W11" s="4"/>
       <c r="X11" t="n" s="3">
-        <v>5.0</v>
-[...1 lines deleted...]
-      <c r="Y11" s="4"/>
+        <v>3.0</v>
+      </c>
+      <c r="Y11" t="n" s="3">
+        <v>5.0</v>
+      </c>
       <c r="Z11" s="4"/>
       <c r="AA11"/>
       <c r="AB11"/>
       <c r="AC11" t="n" s="3">
-        <v>3.0</v>
-[...4 lines deleted...]
-      <c r="AE11" s="4"/>
+        <v>4.0</v>
+      </c>
+      <c r="AD11" s="4"/>
+      <c r="AE11" t="n" s="3">
+        <v>2.0</v>
+      </c>
       <c r="AF11" t="n" s="3">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
       <c r="AG11" t="n" s="3">
         <v>1.0</v>
       </c>
       <c r="AH11"/>
       <c r="AI11"/>
       <c r="AJ11"/>
       <c r="AK11"/>
       <c r="AL11"/>
       <c r="AM11"/>
       <c r="AN11"/>
       <c r="AO11"/>
       <c r="AP11"/>
       <c r="AQ11"/>
       <c r="AR11"/>
       <c r="AS11"/>
       <c r="AT11"/>
       <c r="AU11"/>
       <c r="AV11"/>
       <c r="AW11"/>
       <c r="AX11"/>
     </row>
     <row r="12" ht="15.0" customHeight="true">
       <c r="A12"/>
       <c r="B12"/>
@@ -1161,487 +1161,487 @@
       <c r="AB12"/>
       <c r="AC12"/>
       <c r="AD12"/>
       <c r="AE12"/>
       <c r="AF12"/>
       <c r="AG12"/>
       <c r="AH12"/>
       <c r="AI12"/>
       <c r="AJ12"/>
       <c r="AK12"/>
       <c r="AL12"/>
       <c r="AM12"/>
       <c r="AN12"/>
       <c r="AO12"/>
       <c r="AP12"/>
       <c r="AQ12"/>
       <c r="AR12"/>
       <c r="AS12"/>
       <c r="AT12"/>
       <c r="AU12"/>
       <c r="AV12"/>
       <c r="AW12"/>
       <c r="AX12"/>
     </row>
     <row r="13" ht="15.0" customHeight="true">
-      <c r="A13" s="4"/>
+      <c r="A13" t="n" s="3">
+        <v>2.0</v>
+      </c>
       <c r="B13" t="n" s="3">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="C13" t="n" s="3">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
       <c r="D13" t="n" s="3">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="E13" t="n" s="3">
         <v>5.0</v>
       </c>
       <c r="F13"/>
       <c r="G13"/>
-      <c r="H13" s="4"/>
+      <c r="H13" t="n" s="3">
+        <v>3.0</v>
+      </c>
       <c r="I13" t="n" s="3">
-        <v>2.0</v>
-[...4 lines deleted...]
-      </c>
+        <v>1.0</v>
+      </c>
+      <c r="J13" t="n" s="3">
+        <v>5.0</v>
+      </c>
+      <c r="K13" s="4"/>
       <c r="L13" t="n" s="3">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
       <c r="M13"/>
       <c r="N13"/>
       <c r="O13" t="n" s="3">
         <v>2.0</v>
       </c>
       <c r="P13" t="n" s="3">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
       <c r="Q13" t="n" s="3">
         <v>1.0</v>
       </c>
       <c r="R13" t="n" s="3">
-        <v>5.0</v>
-[...1 lines deleted...]
-      <c r="S13" s="4"/>
+        <v>3.0</v>
+      </c>
+      <c r="S13" t="n" s="3">
+        <v>5.0</v>
+      </c>
       <c r="T13"/>
       <c r="U13"/>
       <c r="V13" t="n" s="3">
-        <v>1.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>4.0</v>
+      </c>
+      <c r="W13" s="4"/>
       <c r="X13" t="n" s="3">
-        <v>3.0</v>
+        <v>5.0</v>
       </c>
       <c r="Y13" t="n" s="3">
-        <v>5.0</v>
-[...1 lines deleted...]
-      <c r="Z13" s="4"/>
+        <v>1.0</v>
+      </c>
+      <c r="Z13" t="n" s="3">
+        <v>2.0</v>
+      </c>
       <c r="AA13"/>
       <c r="AB13"/>
       <c r="AC13" t="n" s="3">
-        <v>4.0</v>
-[...8 lines deleted...]
-      <c r="AG13" s="4"/>
+        <v>1.0</v>
+      </c>
+      <c r="AD13" t="n" s="3">
+        <v>3.0</v>
+      </c>
+      <c r="AE13" s="4"/>
+      <c r="AF13" s="4"/>
+      <c r="AG13" t="n" s="3">
+        <v>5.0</v>
+      </c>
       <c r="AH13"/>
       <c r="AI13"/>
       <c r="AJ13"/>
       <c r="AK13"/>
       <c r="AL13"/>
       <c r="AM13"/>
       <c r="AN13"/>
       <c r="AO13"/>
       <c r="AP13"/>
       <c r="AQ13"/>
       <c r="AR13"/>
       <c r="AS13"/>
       <c r="AT13"/>
       <c r="AU13"/>
       <c r="AV13"/>
       <c r="AW13"/>
       <c r="AX13"/>
     </row>
     <row r="14" ht="15.0" customHeight="true">
       <c r="A14" t="n" s="3">
-        <v>4.0</v>
-[...2 lines deleted...]
-      <c r="C14" s="4"/>
+        <v>5.0</v>
+      </c>
+      <c r="B14" t="n" s="3">
+        <v>2.0</v>
+      </c>
+      <c r="C14" t="n" s="3">
+        <v>3.0</v>
+      </c>
       <c r="D14" t="n" s="3">
-        <v>2.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>1.0</v>
+      </c>
+      <c r="E14" s="4"/>
       <c r="F14"/>
       <c r="G14"/>
       <c r="H14" t="n" s="3">
-        <v>5.0</v>
+        <v>2.0</v>
       </c>
       <c r="I14" s="4"/>
-      <c r="J14" t="n" s="3">
-[...3 lines deleted...]
-      <c r="L14" s="4"/>
+      <c r="J14" s="4"/>
+      <c r="K14" t="n" s="3">
+        <v>5.0</v>
+      </c>
+      <c r="L14" t="n" s="3">
+        <v>1.0</v>
+      </c>
       <c r="M14"/>
       <c r="N14"/>
-      <c r="O14" t="n" s="3">
-[...4 lines deleted...]
-      </c>
+      <c r="O14" s="4"/>
+      <c r="P14" s="4"/>
       <c r="Q14" t="n" s="3">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
       <c r="R14" t="n" s="3">
-        <v>4.0</v>
+        <v>2.0</v>
       </c>
       <c r="S14" t="n" s="3">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="T14"/>
       <c r="U14"/>
       <c r="V14" t="n" s="3">
-        <v>3.0</v>
-[...10 lines deleted...]
-      </c>
+        <v>1.0</v>
+      </c>
+      <c r="W14" t="n" s="3">
+        <v>2.0</v>
+      </c>
+      <c r="X14" s="4"/>
+      <c r="Y14" s="4"/>
+      <c r="Z14" s="4"/>
       <c r="AA14"/>
       <c r="AB14"/>
       <c r="AC14" t="n" s="3">
-        <v>2.0</v>
+        <v>4.0</v>
       </c>
       <c r="AD14" t="n" s="3">
-        <v>5.0</v>
+        <v>1.0</v>
       </c>
       <c r="AE14" t="n" s="3">
-        <v>1.0</v>
-[...1 lines deleted...]
-      <c r="AF14" s="4"/>
+        <v>3.0</v>
+      </c>
+      <c r="AF14" t="n" s="3">
+        <v>5.0</v>
+      </c>
       <c r="AG14" t="n" s="3">
-        <v>3.0</v>
+        <v>2.0</v>
       </c>
       <c r="AH14"/>
       <c r="AI14"/>
       <c r="AJ14"/>
       <c r="AK14"/>
       <c r="AL14"/>
       <c r="AM14"/>
       <c r="AN14"/>
       <c r="AO14"/>
       <c r="AP14"/>
       <c r="AQ14"/>
       <c r="AR14"/>
       <c r="AS14"/>
       <c r="AT14"/>
       <c r="AU14"/>
       <c r="AV14"/>
       <c r="AW14"/>
       <c r="AX14"/>
     </row>
     <row r="15" ht="15.0" customHeight="true">
       <c r="A15" t="n" s="3">
-        <v>3.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>1.0</v>
+      </c>
+      <c r="B15" s="4"/>
       <c r="C15" t="n" s="3">
-        <v>4.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>2.0</v>
+      </c>
+      <c r="D15" s="4"/>
       <c r="E15" t="n" s="3">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="F15"/>
       <c r="G15"/>
-      <c r="H15" t="n" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="H15" s="4"/>
       <c r="I15" t="n" s="3">
-        <v>3.0</v>
+        <v>2.0</v>
       </c>
       <c r="J15" t="n" s="3">
-        <v>5.0</v>
+        <v>1.0</v>
       </c>
       <c r="K15" t="n" s="3">
-        <v>1.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>4.0</v>
+      </c>
+      <c r="L15" s="4"/>
       <c r="M15"/>
       <c r="N15"/>
-      <c r="O15" s="4"/>
-      <c r="P15" s="4"/>
+      <c r="O15" t="n" s="3">
+        <v>4.0</v>
+      </c>
+      <c r="P15" t="n" s="3">
+        <v>3.0</v>
+      </c>
       <c r="Q15" t="n" s="3">
-        <v>4.0</v>
+        <v>2.0</v>
       </c>
       <c r="R15" t="n" s="3">
-        <v>2.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>5.0</v>
+      </c>
+      <c r="S15" s="4"/>
       <c r="T15"/>
       <c r="U15"/>
-      <c r="V15" s="4"/>
+      <c r="V15" t="n" s="3">
+        <v>3.0</v>
+      </c>
       <c r="W15" t="n" s="3">
-        <v>3.0</v>
-[...1 lines deleted...]
-      <c r="X15" s="4"/>
+        <v>4.0</v>
+      </c>
+      <c r="X15" t="n" s="3">
+        <v>1.0</v>
+      </c>
       <c r="Y15" t="n" s="3">
         <v>2.0</v>
       </c>
       <c r="Z15" t="n" s="3">
-        <v>1.0</v>
+        <v>5.0</v>
       </c>
       <c r="AA15"/>
       <c r="AB15"/>
-      <c r="AC15" s="4"/>
+      <c r="AC15" t="n" s="3">
+        <v>3.0</v>
+      </c>
       <c r="AD15" t="n" s="3">
-        <v>4.0</v>
+        <v>2.0</v>
       </c>
       <c r="AE15" t="n" s="3">
-        <v>3.0</v>
+        <v>5.0</v>
       </c>
       <c r="AF15" t="n" s="3">
-        <v>1.0</v>
+        <v>4.0</v>
       </c>
       <c r="AG15" t="n" s="3">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="AH15"/>
       <c r="AI15"/>
       <c r="AJ15"/>
       <c r="AK15"/>
       <c r="AL15"/>
       <c r="AM15"/>
       <c r="AN15"/>
       <c r="AO15"/>
       <c r="AP15"/>
       <c r="AQ15"/>
       <c r="AR15"/>
       <c r="AS15"/>
       <c r="AT15"/>
       <c r="AU15"/>
       <c r="AV15"/>
       <c r="AW15"/>
       <c r="AX15"/>
     </row>
     <row r="16" ht="15.0" customHeight="true">
       <c r="A16" t="n" s="3">
-        <v>5.0</v>
+        <v>4.0</v>
       </c>
       <c r="B16" t="n" s="3">
-        <v>1.0</v>
-[...4 lines deleted...]
-      <c r="D16" s="4"/>
+        <v>3.0</v>
+      </c>
+      <c r="C16" s="4"/>
+      <c r="D16" t="n" s="3">
+        <v>2.0</v>
+      </c>
       <c r="E16" t="n" s="3">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="F16"/>
       <c r="G16"/>
       <c r="H16" t="n" s="3">
         <v>1.0</v>
       </c>
       <c r="I16" t="n" s="3">
         <v>5.0</v>
       </c>
       <c r="J16" t="n" s="3">
         <v>4.0</v>
       </c>
       <c r="K16" t="n" s="3">
         <v>3.0</v>
       </c>
       <c r="L16" t="n" s="3">
         <v>2.0</v>
       </c>
       <c r="M16"/>
       <c r="N16"/>
       <c r="O16" t="n" s="3">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
       <c r="P16" t="n" s="3">
-        <v>5.0</v>
-[...1 lines deleted...]
-      <c r="Q16" s="4"/>
+        <v>2.0</v>
+      </c>
+      <c r="Q16" t="n" s="3">
+        <v>5.0</v>
+      </c>
       <c r="R16" s="4"/>
       <c r="S16" t="n" s="3">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
       <c r="T16"/>
       <c r="U16"/>
       <c r="V16" t="n" s="3">
         <v>2.0</v>
       </c>
       <c r="W16" t="n" s="3">
         <v>5.0</v>
       </c>
       <c r="X16" t="n" s="3">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="Y16" t="n" s="3">
         <v>4.0</v>
       </c>
       <c r="Z16" t="n" s="3">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="AA16"/>
       <c r="AB16"/>
       <c r="AC16" t="n" s="3">
-        <v>3.0</v>
-[...4 lines deleted...]
-      <c r="AE16" s="4"/>
+        <v>5.0</v>
+      </c>
+      <c r="AD16" s="4"/>
+      <c r="AE16" t="n" s="3">
+        <v>2.0</v>
+      </c>
       <c r="AF16" t="n" s="3">
-        <v>5.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>1.0</v>
+      </c>
+      <c r="AG16" s="4"/>
       <c r="AH16"/>
       <c r="AI16"/>
       <c r="AJ16"/>
       <c r="AK16"/>
       <c r="AL16"/>
       <c r="AM16"/>
       <c r="AN16"/>
       <c r="AO16"/>
       <c r="AP16"/>
       <c r="AQ16"/>
       <c r="AR16"/>
       <c r="AS16"/>
       <c r="AT16"/>
       <c r="AU16"/>
       <c r="AV16"/>
       <c r="AW16"/>
       <c r="AX16"/>
     </row>
     <row r="17" ht="15.0" customHeight="true">
-      <c r="A17" t="n" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="A17" s="4"/>
       <c r="B17" t="n" s="3">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
       <c r="C17" t="n" s="3">
-        <v>5.0</v>
+        <v>1.0</v>
       </c>
       <c r="D17" t="n" s="3">
-        <v>4.0</v>
-[...1 lines deleted...]
-      <c r="E17" s="4"/>
+        <v>5.0</v>
+      </c>
+      <c r="E17" t="n" s="3">
+        <v>2.0</v>
+      </c>
       <c r="F17"/>
       <c r="G17"/>
       <c r="H17" t="n" s="3">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
       <c r="I17" t="n" s="3">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="J17" t="n" s="3">
         <v>2.0</v>
       </c>
       <c r="K17" t="n" s="3">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="L17" t="n" s="3">
         <v>5.0</v>
       </c>
       <c r="M17"/>
       <c r="N17"/>
       <c r="O17" t="n" s="3">
         <v>1.0</v>
       </c>
       <c r="P17" t="n" s="3">
-        <v>4.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>5.0</v>
+      </c>
+      <c r="Q17" s="4"/>
       <c r="R17" t="n" s="3">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
       <c r="S17" t="n" s="3">
         <v>2.0</v>
       </c>
       <c r="T17"/>
       <c r="U17"/>
-      <c r="V17" t="n" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="V17" s="4"/>
       <c r="W17" t="n" s="3">
         <v>1.0</v>
       </c>
       <c r="X17" t="n" s="3">
         <v>2.0</v>
       </c>
-      <c r="Y17" s="4"/>
+      <c r="Y17" t="n" s="3">
+        <v>3.0</v>
+      </c>
       <c r="Z17" t="n" s="3">
         <v>4.0</v>
       </c>
       <c r="AA17"/>
       <c r="AB17"/>
-      <c r="AC17" t="n" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="AC17" s="4"/>
       <c r="AD17" t="n" s="3">
-        <v>3.0</v>
+        <v>5.0</v>
       </c>
       <c r="AE17" t="n" s="3">
-        <v>5.0</v>
+        <v>1.0</v>
       </c>
       <c r="AF17" t="n" s="3">
-        <v>2.0</v>
+        <v>3.0</v>
       </c>
       <c r="AG17" t="n" s="3">
         <v>4.0</v>
       </c>
       <c r="AH17"/>
       <c r="AI17"/>
       <c r="AJ17"/>
       <c r="AK17"/>
       <c r="AL17"/>
       <c r="AM17"/>
       <c r="AN17"/>
       <c r="AO17"/>
       <c r="AP17"/>
       <c r="AQ17"/>
       <c r="AR17"/>
       <c r="AS17"/>
       <c r="AT17"/>
       <c r="AU17"/>
       <c r="AV17"/>
       <c r="AW17"/>
       <c r="AX17"/>
     </row>
     <row r="18" ht="15.0" customHeight="true">
       <c r="A18"/>
       <c r="B18"/>
@@ -1674,489 +1674,489 @@
       <c r="AC18"/>
       <c r="AD18"/>
       <c r="AE18"/>
       <c r="AF18"/>
       <c r="AG18"/>
       <c r="AH18"/>
       <c r="AI18"/>
       <c r="AJ18"/>
       <c r="AK18"/>
       <c r="AL18"/>
       <c r="AM18"/>
       <c r="AN18"/>
       <c r="AO18"/>
       <c r="AP18"/>
       <c r="AQ18"/>
       <c r="AR18"/>
       <c r="AS18"/>
       <c r="AT18"/>
       <c r="AU18"/>
       <c r="AV18"/>
       <c r="AW18"/>
       <c r="AX18"/>
     </row>
     <row r="19" ht="15.0" customHeight="true">
       <c r="A19" t="n" s="3">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="B19" t="n" s="3">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
       <c r="C19" t="n" s="3">
-        <v>5.0</v>
+        <v>1.0</v>
       </c>
       <c r="D19" t="n" s="3">
-        <v>2.0</v>
-[...1 lines deleted...]
-      <c r="E19" s="4"/>
+        <v>5.0</v>
+      </c>
+      <c r="E19" t="n" s="3">
+        <v>3.0</v>
+      </c>
       <c r="F19"/>
       <c r="G19"/>
       <c r="H19" t="n" s="3">
         <v>2.0</v>
       </c>
       <c r="I19" t="n" s="3">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
       <c r="J19" t="n" s="3">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
       <c r="K19" t="n" s="3">
         <v>1.0</v>
       </c>
       <c r="L19" t="n" s="3">
         <v>5.0</v>
       </c>
       <c r="M19"/>
       <c r="N19"/>
       <c r="O19" t="n" s="3">
         <v>3.0</v>
       </c>
       <c r="P19" t="n" s="3">
-        <v>2.0</v>
+        <v>5.0</v>
       </c>
       <c r="Q19" t="n" s="3">
-        <v>4.0</v>
+        <v>2.0</v>
       </c>
       <c r="R19" s="4"/>
       <c r="S19" t="n" s="3">
         <v>1.0</v>
       </c>
       <c r="T19"/>
       <c r="U19"/>
       <c r="V19" t="n" s="3">
-        <v>1.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>5.0</v>
+      </c>
+      <c r="W19" s="4"/>
       <c r="X19" t="n" s="3">
         <v>3.0</v>
       </c>
       <c r="Y19" t="n" s="3">
-        <v>4.0</v>
-[...1 lines deleted...]
-      <c r="Z19" s="4"/>
+        <v>1.0</v>
+      </c>
+      <c r="Z19" t="n" s="3">
+        <v>2.0</v>
+      </c>
       <c r="AA19"/>
       <c r="AB19"/>
       <c r="AC19" t="n" s="3">
-        <v>2.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>3.0</v>
+      </c>
+      <c r="AD19" s="4"/>
       <c r="AE19" t="n" s="3">
         <v>5.0</v>
       </c>
-      <c r="AF19" t="n" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="AF19" s="4"/>
       <c r="AG19" t="n" s="3">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="AH19"/>
       <c r="AI19"/>
       <c r="AJ19"/>
       <c r="AK19"/>
       <c r="AL19"/>
       <c r="AM19"/>
       <c r="AN19"/>
       <c r="AO19"/>
       <c r="AP19"/>
       <c r="AQ19"/>
       <c r="AR19"/>
       <c r="AS19"/>
       <c r="AT19"/>
       <c r="AU19"/>
       <c r="AV19"/>
       <c r="AW19"/>
       <c r="AX19"/>
     </row>
     <row r="20" ht="15.0" customHeight="true">
-      <c r="A20" t="n" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="A20" s="4"/>
       <c r="B20" t="n" s="3">
         <v>5.0</v>
       </c>
       <c r="C20" t="n" s="3">
         <v>4.0</v>
       </c>
-      <c r="D20" t="n" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="D20" s="4"/>
       <c r="E20" t="n" s="3">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="F20"/>
       <c r="G20"/>
       <c r="H20" t="n" s="3">
         <v>5.0</v>
       </c>
       <c r="I20" t="n" s="3">
-        <v>2.0</v>
+        <v>4.0</v>
       </c>
       <c r="J20" t="n" s="3">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
       <c r="K20" t="n" s="3">
-        <v>3.0</v>
+        <v>2.0</v>
       </c>
       <c r="L20" t="n" s="3">
         <v>1.0</v>
       </c>
       <c r="M20"/>
       <c r="N20"/>
       <c r="O20" t="n" s="3">
         <v>1.0</v>
       </c>
       <c r="P20" t="n" s="3">
-        <v>4.0</v>
+        <v>2.0</v>
       </c>
       <c r="Q20" t="n" s="3">
         <v>3.0</v>
       </c>
       <c r="R20" t="n" s="3">
-        <v>2.0</v>
+        <v>5.0</v>
       </c>
       <c r="S20" t="n" s="3">
-        <v>5.0</v>
+        <v>4.0</v>
       </c>
       <c r="T20"/>
       <c r="U20"/>
       <c r="V20" t="n" s="3">
-        <v>3.0</v>
+        <v>2.0</v>
       </c>
       <c r="W20" t="n" s="3">
-        <v>5.0</v>
+        <v>1.0</v>
       </c>
       <c r="X20" t="n" s="3">
-        <v>4.0</v>
+        <v>5.0</v>
       </c>
       <c r="Y20" t="n" s="3">
-        <v>2.0</v>
+        <v>4.0</v>
       </c>
       <c r="Z20" t="n" s="3">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="AA20"/>
       <c r="AB20"/>
-      <c r="AC20" t="n" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="AC20" s="4"/>
       <c r="AD20" t="n" s="3">
-        <v>5.0</v>
+        <v>4.0</v>
       </c>
       <c r="AE20" t="n" s="3">
         <v>1.0</v>
       </c>
       <c r="AF20" t="n" s="3">
-        <v>4.0</v>
+        <v>5.0</v>
       </c>
       <c r="AG20" t="n" s="3">
-        <v>2.0</v>
+        <v>3.0</v>
       </c>
       <c r="AH20"/>
       <c r="AI20"/>
       <c r="AJ20"/>
       <c r="AK20"/>
       <c r="AL20"/>
       <c r="AM20"/>
       <c r="AN20"/>
       <c r="AO20"/>
       <c r="AP20"/>
       <c r="AQ20"/>
       <c r="AR20"/>
       <c r="AS20"/>
       <c r="AT20"/>
       <c r="AU20"/>
       <c r="AV20"/>
       <c r="AW20"/>
       <c r="AX20"/>
     </row>
     <row r="21" ht="15.0" customHeight="true">
       <c r="A21" t="n" s="3">
-        <v>5.0</v>
+        <v>3.0</v>
       </c>
       <c r="B21" t="n" s="3">
         <v>1.0</v>
       </c>
-      <c r="C21" s="4"/>
+      <c r="C21" t="n" s="3">
+        <v>5.0</v>
+      </c>
       <c r="D21" t="n" s="3">
-        <v>4.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>2.0</v>
+      </c>
+      <c r="E21" s="4"/>
       <c r="F21"/>
       <c r="G21"/>
-      <c r="H21" s="4"/>
-[...5 lines deleted...]
-      </c>
+      <c r="H21" t="n" s="3">
+        <v>4.0</v>
+      </c>
+      <c r="I21" s="4"/>
+      <c r="J21" s="4"/>
       <c r="K21" t="n" s="3">
-        <v>5.0</v>
-[...1 lines deleted...]
-      <c r="L21" s="4"/>
+        <v>3.0</v>
+      </c>
+      <c r="L21" t="n" s="3">
+        <v>2.0</v>
+      </c>
       <c r="M21"/>
       <c r="N21"/>
       <c r="O21" t="n" s="3">
         <v>5.0</v>
       </c>
       <c r="P21" t="n" s="3">
         <v>1.0</v>
       </c>
-      <c r="Q21" t="n" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="Q21" s="4"/>
       <c r="R21" t="n" s="3">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
       <c r="S21" t="n" s="3">
-        <v>3.0</v>
+        <v>2.0</v>
       </c>
       <c r="T21"/>
       <c r="U21"/>
       <c r="V21" t="n" s="3">
-        <v>5.0</v>
+        <v>4.0</v>
       </c>
       <c r="W21" t="n" s="3">
-        <v>3.0</v>
-[...6 lines deleted...]
-      </c>
+        <v>5.0</v>
+      </c>
+      <c r="X21" s="4"/>
+      <c r="Y21" s="4"/>
       <c r="Z21" t="n" s="3">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="AA21"/>
       <c r="AB21"/>
       <c r="AC21" t="n" s="3">
         <v>1.0</v>
       </c>
-      <c r="AD21" s="4"/>
-      <c r="AE21" s="4"/>
+      <c r="AD21" t="n" s="3">
+        <v>2.0</v>
+      </c>
+      <c r="AE21" t="n" s="3">
+        <v>4.0</v>
+      </c>
       <c r="AF21" t="n" s="3">
-        <v>2.0</v>
+        <v>3.0</v>
       </c>
       <c r="AG21" t="n" s="3">
         <v>5.0</v>
       </c>
       <c r="AH21"/>
       <c r="AI21"/>
       <c r="AJ21"/>
       <c r="AK21"/>
       <c r="AL21"/>
       <c r="AM21"/>
       <c r="AN21"/>
       <c r="AO21"/>
       <c r="AP21"/>
       <c r="AQ21"/>
       <c r="AR21"/>
       <c r="AS21"/>
       <c r="AT21"/>
       <c r="AU21"/>
       <c r="AV21"/>
       <c r="AW21"/>
       <c r="AX21"/>
     </row>
     <row r="22" ht="15.0" customHeight="true">
       <c r="A22" t="n" s="3">
-        <v>4.0</v>
+        <v>5.0</v>
       </c>
       <c r="B22" s="4"/>
-      <c r="C22" t="n" s="3">
-[...2 lines deleted...]
-      <c r="D22" s="4"/>
+      <c r="C22" s="4"/>
+      <c r="D22" t="n" s="3">
+        <v>4.0</v>
+      </c>
       <c r="E22" t="n" s="3">
-        <v>5.0</v>
+        <v>1.0</v>
       </c>
       <c r="F22"/>
       <c r="G22"/>
-      <c r="H22" t="n" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="H22" s="4"/>
       <c r="I22" t="n" s="3">
-        <v>3.0</v>
+        <v>2.0</v>
       </c>
       <c r="J22" t="n" s="3">
         <v>5.0</v>
       </c>
-      <c r="K22" s="4"/>
-[...2 lines deleted...]
-      </c>
+      <c r="K22" t="n" s="3">
+        <v>4.0</v>
+      </c>
+      <c r="L22" s="4"/>
       <c r="M22"/>
       <c r="N22"/>
-      <c r="O22" t="n" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="O22" s="4"/>
       <c r="P22" t="n" s="3">
-        <v>5.0</v>
-[...1 lines deleted...]
-      <c r="Q22" s="4"/>
+        <v>3.0</v>
+      </c>
+      <c r="Q22" t="n" s="3">
+        <v>1.0</v>
+      </c>
       <c r="R22" t="n" s="3">
-        <v>3.0</v>
-[...1 lines deleted...]
-      <c r="S22" s="4"/>
+        <v>2.0</v>
+      </c>
+      <c r="S22" t="n" s="3">
+        <v>5.0</v>
+      </c>
       <c r="T22"/>
       <c r="U22"/>
       <c r="V22" s="4"/>
-      <c r="W22" s="4"/>
+      <c r="W22" t="n" s="3">
+        <v>3.0</v>
+      </c>
       <c r="X22" t="n" s="3">
-        <v>5.0</v>
-[...1 lines deleted...]
-      <c r="Y22" s="4"/>
+        <v>4.0</v>
+      </c>
+      <c r="Y22" t="n" s="3">
+        <v>2.0</v>
+      </c>
       <c r="Z22" t="n" s="3">
-        <v>2.0</v>
+        <v>5.0</v>
       </c>
       <c r="AA22"/>
       <c r="AB22"/>
       <c r="AC22" t="n" s="3">
-        <v>4.0</v>
+        <v>5.0</v>
       </c>
       <c r="AD22" t="n" s="3">
-        <v>1.0</v>
-[...4 lines deleted...]
-      <c r="AF22" s="4"/>
+        <v>3.0</v>
+      </c>
+      <c r="AE22" s="4"/>
+      <c r="AF22" t="n" s="3">
+        <v>1.0</v>
+      </c>
       <c r="AG22" s="4"/>
       <c r="AH22"/>
       <c r="AI22"/>
       <c r="AJ22"/>
       <c r="AK22"/>
       <c r="AL22"/>
       <c r="AM22"/>
       <c r="AN22"/>
       <c r="AO22"/>
       <c r="AP22"/>
       <c r="AQ22"/>
       <c r="AR22"/>
       <c r="AS22"/>
       <c r="AT22"/>
       <c r="AU22"/>
       <c r="AV22"/>
       <c r="AW22"/>
       <c r="AX22"/>
     </row>
     <row r="23" ht="15.0" customHeight="true">
-      <c r="A23" s="4"/>
+      <c r="A23" t="n" s="3">
+        <v>4.0</v>
+      </c>
       <c r="B23" t="n" s="3">
-        <v>4.0</v>
+        <v>2.0</v>
       </c>
       <c r="C23" t="n" s="3">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="D23" t="n" s="3">
-        <v>5.0</v>
+        <v>1.0</v>
       </c>
       <c r="E23" t="n" s="3">
-        <v>2.0</v>
+        <v>5.0</v>
       </c>
       <c r="F23"/>
       <c r="G23"/>
       <c r="H23" t="n" s="3">
-        <v>4.0</v>
-[...5 lines deleted...]
-      </c>
+        <v>3.0</v>
+      </c>
+      <c r="I23" t="n" s="3">
+        <v>1.0</v>
+      </c>
+      <c r="J23" t="n" s="3">
+        <v>2.0</v>
+      </c>
+      <c r="K23" s="4"/>
       <c r="L23" t="n" s="3">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
       <c r="M23"/>
       <c r="N23"/>
-      <c r="O23" s="4"/>
+      <c r="O23" t="n" s="3">
+        <v>2.0</v>
+      </c>
       <c r="P23" s="4"/>
       <c r="Q23" t="n" s="3">
         <v>5.0</v>
       </c>
       <c r="R23" t="n" s="3">
         <v>1.0</v>
       </c>
-      <c r="S23" t="n" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="S23" s="4"/>
       <c r="T23"/>
       <c r="U23"/>
       <c r="V23" t="n" s="3">
-        <v>2.0</v>
+        <v>3.0</v>
       </c>
       <c r="W23" t="n" s="3">
-        <v>4.0</v>
-[...1 lines deleted...]
-      <c r="X23" s="4"/>
+        <v>2.0</v>
+      </c>
+      <c r="X23" t="n" s="3">
+        <v>1.0</v>
+      </c>
       <c r="Y23" t="n" s="3">
         <v>5.0</v>
       </c>
-      <c r="Z23" t="n" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="Z23" s="4"/>
       <c r="AA23"/>
       <c r="AB23"/>
-      <c r="AC23" s="4"/>
+      <c r="AC23" t="n" s="3">
+        <v>4.0</v>
+      </c>
       <c r="AD23" t="n" s="3">
-        <v>2.0</v>
+        <v>5.0</v>
       </c>
       <c r="AE23" t="n" s="3">
         <v>3.0</v>
       </c>
       <c r="AF23" t="n" s="3">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="AG23" t="n" s="3">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="AH23"/>
       <c r="AI23"/>
       <c r="AJ23"/>
       <c r="AK23"/>
       <c r="AL23"/>
       <c r="AM23"/>
       <c r="AN23"/>
       <c r="AO23"/>
       <c r="AP23"/>
       <c r="AQ23"/>
       <c r="AR23"/>
       <c r="AS23"/>
       <c r="AT23"/>
       <c r="AU23"/>
       <c r="AV23"/>
       <c r="AW23"/>
       <c r="AX23"/>
     </row>
     <row r="24" ht="15.0" customHeight="true">
       <c r="A24"/>
       <c r="B24"/>
       <c r="C24"/>
       <c r="D24"/>
       <c r="E24"/>
@@ -2190,482 +2190,482 @@
       <c r="AG24"/>
       <c r="AH24"/>
       <c r="AI24"/>
       <c r="AJ24"/>
       <c r="AK24"/>
       <c r="AL24"/>
       <c r="AM24"/>
       <c r="AN24"/>
       <c r="AO24"/>
       <c r="AP24"/>
       <c r="AQ24"/>
       <c r="AR24"/>
       <c r="AS24"/>
       <c r="AT24"/>
       <c r="AU24"/>
       <c r="AV24"/>
       <c r="AW24"/>
       <c r="AX24"/>
     </row>
     <row r="25" ht="15.0" customHeight="true">
       <c r="A25" t="n" s="3">
         <v>3.0</v>
       </c>
       <c r="B25" s="4"/>
       <c r="C25" t="n" s="3">
-        <v>5.0</v>
+        <v>4.0</v>
       </c>
       <c r="D25" t="n" s="3">
-        <v>4.0</v>
+        <v>2.0</v>
       </c>
       <c r="E25" t="n" s="3">
         <v>1.0</v>
       </c>
       <c r="F25"/>
       <c r="G25"/>
       <c r="H25" t="n" s="3">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
       <c r="I25" t="n" s="3">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
       <c r="J25" t="n" s="3">
         <v>1.0</v>
       </c>
-      <c r="K25" t="n" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="K25" s="4"/>
       <c r="L25" t="n" s="3">
-        <v>5.0</v>
+        <v>2.0</v>
       </c>
       <c r="M25"/>
       <c r="N25"/>
-      <c r="O25" s="4"/>
+      <c r="O25" t="n" s="3">
+        <v>1.0</v>
+      </c>
       <c r="P25" t="n" s="3">
         <v>5.0</v>
       </c>
       <c r="Q25" t="n" s="3">
         <v>3.0</v>
       </c>
       <c r="R25" t="n" s="3">
-        <v>1.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>2.0</v>
+      </c>
+      <c r="S25" s="4"/>
       <c r="T25"/>
       <c r="U25"/>
-      <c r="V25" s="4"/>
+      <c r="V25" t="n" s="3">
+        <v>2.0</v>
+      </c>
       <c r="W25" t="n" s="3">
-        <v>3.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>1.0</v>
+      </c>
+      <c r="X25" s="4"/>
       <c r="Y25" t="n" s="3">
-        <v>2.0</v>
+        <v>3.0</v>
       </c>
       <c r="Z25" t="n" s="3">
-        <v>1.0</v>
+        <v>5.0</v>
       </c>
       <c r="AA25"/>
       <c r="AB25"/>
-      <c r="AC25" t="n" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="AC25" s="4"/>
       <c r="AD25" t="n" s="3">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="AE25" t="n" s="3">
         <v>3.0</v>
       </c>
       <c r="AF25" t="n" s="3">
-        <v>2.0</v>
+        <v>4.0</v>
       </c>
       <c r="AG25" t="n" s="3">
         <v>5.0</v>
       </c>
       <c r="AH25"/>
       <c r="AI25"/>
       <c r="AJ25"/>
       <c r="AK25"/>
       <c r="AL25"/>
       <c r="AM25"/>
       <c r="AN25"/>
       <c r="AO25"/>
       <c r="AP25"/>
       <c r="AQ25"/>
       <c r="AR25"/>
       <c r="AS25"/>
       <c r="AT25"/>
       <c r="AU25"/>
       <c r="AV25"/>
       <c r="AW25"/>
       <c r="AX25"/>
     </row>
     <row r="26" ht="15.0" customHeight="true">
       <c r="A26" t="n" s="3">
-        <v>5.0</v>
+        <v>4.0</v>
       </c>
       <c r="B26" t="n" s="3">
-        <v>4.0</v>
+        <v>2.0</v>
       </c>
       <c r="C26" t="n" s="3">
         <v>1.0</v>
       </c>
       <c r="D26" t="n" s="3">
-        <v>3.0</v>
-[...1 lines deleted...]
-      <c r="E26" s="4"/>
+        <v>5.0</v>
+      </c>
+      <c r="E26" t="n" s="3">
+        <v>3.0</v>
+      </c>
       <c r="F26"/>
       <c r="G26"/>
-      <c r="H26" t="n" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="H26" s="4"/>
       <c r="I26" t="n" s="3">
-        <v>2.0</v>
+        <v>5.0</v>
       </c>
       <c r="J26" t="n" s="3">
-        <v>3.0</v>
+        <v>2.0</v>
       </c>
       <c r="K26" t="n" s="3">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
       <c r="L26" t="n" s="3">
         <v>1.0</v>
       </c>
       <c r="M26"/>
       <c r="N26"/>
       <c r="O26" t="n" s="3">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="P26" t="n" s="3">
-        <v>4.0</v>
+        <v>2.0</v>
       </c>
       <c r="Q26" t="n" s="3">
-        <v>2.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>4.0</v>
+      </c>
+      <c r="R26" s="4"/>
       <c r="S26" t="n" s="3">
         <v>5.0</v>
       </c>
       <c r="T26"/>
       <c r="U26"/>
       <c r="V26" t="n" s="3">
-        <v>2.0</v>
+        <v>3.0</v>
       </c>
       <c r="W26" t="n" s="3">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="X26" t="n" s="3">
-        <v>3.0</v>
-[...4 lines deleted...]
-      </c>
+        <v>1.0</v>
+      </c>
+      <c r="Y26" t="n" s="3">
+        <v>5.0</v>
+      </c>
+      <c r="Z26" s="4"/>
       <c r="AA26"/>
       <c r="AB26"/>
       <c r="AC26" t="n" s="3">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="AD26" s="4"/>
-      <c r="AE26" s="4"/>
-[...2 lines deleted...]
-      </c>
+      <c r="AE26" t="n" s="3">
+        <v>4.0</v>
+      </c>
+      <c r="AF26" s="4"/>
       <c r="AG26" s="4"/>
       <c r="AH26"/>
       <c r="AI26"/>
       <c r="AJ26"/>
       <c r="AK26"/>
       <c r="AL26"/>
       <c r="AM26"/>
       <c r="AN26"/>
       <c r="AO26"/>
       <c r="AP26"/>
       <c r="AQ26"/>
       <c r="AR26"/>
       <c r="AS26"/>
       <c r="AT26"/>
       <c r="AU26"/>
       <c r="AV26"/>
       <c r="AW26"/>
       <c r="AX26"/>
     </row>
     <row r="27" ht="15.0" customHeight="true">
       <c r="A27" t="n" s="3">
         <v>1.0</v>
       </c>
       <c r="B27" t="n" s="3">
-        <v>5.0</v>
+        <v>4.0</v>
       </c>
       <c r="C27" t="n" s="3">
-        <v>4.0</v>
+        <v>2.0</v>
       </c>
       <c r="D27" t="n" s="3">
-        <v>2.0</v>
+        <v>3.0</v>
       </c>
       <c r="E27" t="n" s="3">
-        <v>3.0</v>
+        <v>5.0</v>
       </c>
       <c r="F27"/>
       <c r="G27"/>
       <c r="H27" t="n" s="3">
         <v>2.0</v>
       </c>
       <c r="I27" t="n" s="3">
-        <v>5.0</v>
+        <v>3.0</v>
       </c>
       <c r="J27" t="n" s="3">
         <v>4.0</v>
       </c>
       <c r="K27" t="n" s="3">
         <v>1.0</v>
       </c>
-      <c r="L27" t="n" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="L27" s="4"/>
       <c r="M27"/>
       <c r="N27"/>
       <c r="O27" t="n" s="3">
-        <v>2.0</v>
+        <v>5.0</v>
       </c>
       <c r="P27" t="n" s="3">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="Q27" t="n" s="3">
-        <v>4.0</v>
-[...2 lines deleted...]
-      <c r="S27" s="4"/>
+        <v>2.0</v>
+      </c>
+      <c r="R27" t="n" s="3">
+        <v>4.0</v>
+      </c>
+      <c r="S27" t="n" s="3">
+        <v>1.0</v>
+      </c>
       <c r="T27"/>
       <c r="U27"/>
-      <c r="V27" t="n" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="V27" s="4"/>
       <c r="W27" t="n" s="3">
         <v>4.0</v>
       </c>
       <c r="X27" t="n" s="3">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="Y27" t="n" s="3">
-        <v>3.0</v>
+        <v>2.0</v>
       </c>
       <c r="Z27" t="n" s="3">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="AA27"/>
       <c r="AB27"/>
       <c r="AC27" t="n" s="3">
         <v>3.0</v>
       </c>
       <c r="AD27" t="n" s="3">
-        <v>5.0</v>
+        <v>2.0</v>
       </c>
       <c r="AE27" t="n" s="3">
-        <v>4.0</v>
-[...1 lines deleted...]
-      <c r="AF27" s="4"/>
+        <v>5.0</v>
+      </c>
+      <c r="AF27" t="n" s="3">
+        <v>1.0</v>
+      </c>
       <c r="AG27" t="n" s="3">
-        <v>2.0</v>
+        <v>4.0</v>
       </c>
       <c r="AH27"/>
       <c r="AI27"/>
       <c r="AJ27"/>
       <c r="AK27"/>
       <c r="AL27"/>
       <c r="AM27"/>
       <c r="AN27"/>
       <c r="AO27"/>
       <c r="AP27"/>
       <c r="AQ27"/>
       <c r="AR27"/>
       <c r="AS27"/>
       <c r="AT27"/>
       <c r="AU27"/>
       <c r="AV27"/>
       <c r="AW27"/>
       <c r="AX27"/>
     </row>
     <row r="28" ht="15.0" customHeight="true">
-      <c r="A28" t="n" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="A28" s="4"/>
       <c r="B28" t="n" s="3">
-        <v>3.0</v>
-[...2 lines deleted...]
-      <c r="D28" s="4"/>
+        <v>1.0</v>
+      </c>
+      <c r="C28" t="n" s="3">
+        <v>3.0</v>
+      </c>
+      <c r="D28" t="n" s="3">
+        <v>4.0</v>
+      </c>
       <c r="E28" t="n" s="3">
-        <v>5.0</v>
+        <v>2.0</v>
       </c>
       <c r="F28"/>
       <c r="G28"/>
       <c r="H28" t="n" s="3">
-        <v>1.0</v>
+        <v>5.0</v>
       </c>
       <c r="I28" t="n" s="3">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="J28" t="n" s="3">
-        <v>5.0</v>
-[...1 lines deleted...]
-      <c r="K28" s="4"/>
+        <v>3.0</v>
+      </c>
+      <c r="K28" t="n" s="3">
+        <v>2.0</v>
+      </c>
       <c r="L28" t="n" s="3">
-        <v>2.0</v>
+        <v>4.0</v>
       </c>
       <c r="M28"/>
       <c r="N28"/>
-      <c r="O28" t="n" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="O28" s="4"/>
       <c r="P28" s="4"/>
       <c r="Q28" t="n" s="3">
         <v>1.0</v>
       </c>
       <c r="R28" t="n" s="3">
-        <v>2.0</v>
+        <v>5.0</v>
       </c>
       <c r="S28" t="n" s="3">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
       <c r="T28"/>
       <c r="U28"/>
       <c r="V28" t="n" s="3">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="W28" t="n" s="3">
-        <v>5.0</v>
-[...5 lines deleted...]
-      <c r="Z28" s="4"/>
+        <v>3.0</v>
+      </c>
+      <c r="X28" t="n" s="3">
+        <v>5.0</v>
+      </c>
+      <c r="Y28" s="4"/>
+      <c r="Z28" t="n" s="3">
+        <v>2.0</v>
+      </c>
       <c r="AA28"/>
       <c r="AB28"/>
       <c r="AC28" t="n" s="3">
-        <v>5.0</v>
+        <v>4.0</v>
       </c>
       <c r="AD28" t="n" s="3">
         <v>3.0</v>
       </c>
-      <c r="AE28" t="n" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="AE28" s="4"/>
       <c r="AF28" t="n" s="3">
-        <v>4.0</v>
+        <v>5.0</v>
       </c>
       <c r="AG28" t="n" s="3">
         <v>1.0</v>
       </c>
       <c r="AH28"/>
       <c r="AI28"/>
       <c r="AJ28"/>
       <c r="AK28"/>
       <c r="AL28"/>
       <c r="AM28"/>
       <c r="AN28"/>
       <c r="AO28"/>
       <c r="AP28"/>
       <c r="AQ28"/>
       <c r="AR28"/>
       <c r="AS28"/>
       <c r="AT28"/>
       <c r="AU28"/>
       <c r="AV28"/>
       <c r="AW28"/>
       <c r="AX28"/>
     </row>
     <row r="29" ht="15.0" customHeight="true">
-      <c r="A29" s="4"/>
+      <c r="A29" t="n" s="3">
+        <v>2.0</v>
+      </c>
       <c r="B29" t="n" s="3">
-        <v>1.0</v>
-[...9 lines deleted...]
-      </c>
+        <v>3.0</v>
+      </c>
+      <c r="C29" s="4"/>
+      <c r="D29" s="4"/>
+      <c r="E29" s="4"/>
       <c r="F29"/>
       <c r="G29"/>
-      <c r="H29" s="4"/>
+      <c r="H29" t="n" s="3">
+        <v>1.0</v>
+      </c>
       <c r="I29" s="4"/>
       <c r="J29" s="4"/>
       <c r="K29" t="n" s="3">
-        <v>5.0</v>
-[...1 lines deleted...]
-      <c r="L29" s="4"/>
+        <v>4.0</v>
+      </c>
+      <c r="L29" t="n" s="3">
+        <v>3.0</v>
+      </c>
       <c r="M29"/>
       <c r="N29"/>
       <c r="O29" t="n" s="3">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
       <c r="P29" t="n" s="3">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="Q29" s="4"/>
       <c r="R29" t="n" s="3">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
       <c r="S29" t="n" s="3">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="T29"/>
       <c r="U29"/>
       <c r="V29" t="n" s="3">
-        <v>1.0</v>
+        <v>4.0</v>
       </c>
       <c r="W29" s="4"/>
       <c r="X29" t="n" s="3">
-        <v>4.0</v>
+        <v>2.0</v>
       </c>
       <c r="Y29" t="n" s="3">
-        <v>5.0</v>
+        <v>1.0</v>
       </c>
       <c r="Z29" t="n" s="3">
         <v>3.0</v>
       </c>
       <c r="AA29"/>
       <c r="AB29"/>
-      <c r="AC29" s="4"/>
+      <c r="AC29" t="n" s="3">
+        <v>5.0</v>
+      </c>
       <c r="AD29" t="n" s="3">
-        <v>2.0</v>
+        <v>4.0</v>
       </c>
       <c r="AE29" t="n" s="3">
         <v>1.0</v>
       </c>
       <c r="AF29" t="n" s="3">
-        <v>5.0</v>
+        <v>2.0</v>
       </c>
       <c r="AG29" t="n" s="3">
         <v>3.0</v>
       </c>
       <c r="AH29"/>
       <c r="AI29"/>
       <c r="AJ29"/>
       <c r="AK29"/>
       <c r="AL29"/>
       <c r="AM29"/>
       <c r="AN29"/>
       <c r="AO29"/>
       <c r="AP29"/>
       <c r="AQ29"/>
       <c r="AR29"/>
       <c r="AS29"/>
       <c r="AT29"/>
       <c r="AU29"/>
       <c r="AV29"/>
       <c r="AW29"/>
       <c r="AX29"/>
     </row>
     <row r="30" ht="15.0" customHeight="true">
       <c r="A30"/>
       <c r="B30"/>
@@ -2697,490 +2697,490 @@
       <c r="AB30"/>
       <c r="AC30"/>
       <c r="AD30"/>
       <c r="AE30"/>
       <c r="AF30"/>
       <c r="AG30"/>
       <c r="AH30"/>
       <c r="AI30"/>
       <c r="AJ30"/>
       <c r="AK30"/>
       <c r="AL30"/>
       <c r="AM30"/>
       <c r="AN30"/>
       <c r="AO30"/>
       <c r="AP30"/>
       <c r="AQ30"/>
       <c r="AR30"/>
       <c r="AS30"/>
       <c r="AT30"/>
       <c r="AU30"/>
       <c r="AV30"/>
       <c r="AW30"/>
       <c r="AX30"/>
     </row>
     <row r="31" ht="15.0" customHeight="true">
-      <c r="A31" t="n" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="A31" s="4"/>
       <c r="B31" t="n" s="3">
         <v>3.0</v>
       </c>
       <c r="C31" t="n" s="3">
         <v>1.0</v>
       </c>
-      <c r="D31" t="n" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="D31" s="4"/>
       <c r="E31" t="n" s="3">
-        <v>4.0</v>
+        <v>5.0</v>
       </c>
       <c r="F31"/>
       <c r="G31"/>
-      <c r="H31" s="4"/>
+      <c r="H31" t="n" s="3">
+        <v>3.0</v>
+      </c>
       <c r="I31" t="n" s="3">
-        <v>5.0</v>
+        <v>2.0</v>
       </c>
       <c r="J31" t="n" s="3">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="K31" t="n" s="3">
-        <v>2.0</v>
-[...1 lines deleted...]
-      <c r="L31" s="4"/>
+        <v>4.0</v>
+      </c>
+      <c r="L31" t="n" s="3">
+        <v>5.0</v>
+      </c>
       <c r="M31"/>
       <c r="N31"/>
       <c r="O31" t="n" s="3">
-        <v>3.0</v>
+        <v>5.0</v>
       </c>
       <c r="P31" t="n" s="3">
-        <v>4.0</v>
+        <v>2.0</v>
       </c>
       <c r="Q31" t="n" s="3">
-        <v>1.0</v>
+        <v>4.0</v>
       </c>
       <c r="R31" t="n" s="3">
-        <v>2.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>3.0</v>
+      </c>
+      <c r="S31" s="4"/>
       <c r="T31"/>
       <c r="U31"/>
       <c r="V31" t="n" s="3">
         <v>2.0</v>
       </c>
       <c r="W31" t="n" s="3">
-        <v>5.0</v>
-[...1 lines deleted...]
-      <c r="X31" s="4"/>
+        <v>3.0</v>
+      </c>
+      <c r="X31" t="n" s="3">
+        <v>4.0</v>
+      </c>
       <c r="Y31" t="n" s="3">
-        <v>4.0</v>
+        <v>5.0</v>
       </c>
       <c r="Z31" t="n" s="3">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="AA31"/>
       <c r="AB31"/>
       <c r="AC31" t="n" s="3">
         <v>3.0</v>
       </c>
       <c r="AD31" t="n" s="3">
-        <v>5.0</v>
-[...1 lines deleted...]
-      <c r="AE31" s="4"/>
+        <v>2.0</v>
+      </c>
+      <c r="AE31" t="n" s="3">
+        <v>5.0</v>
+      </c>
       <c r="AF31" t="n" s="3">
         <v>1.0</v>
       </c>
-      <c r="AG31" t="n" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="AG31" s="4"/>
       <c r="AH31"/>
       <c r="AI31"/>
       <c r="AJ31"/>
       <c r="AK31"/>
       <c r="AL31"/>
       <c r="AM31"/>
       <c r="AN31"/>
       <c r="AO31"/>
       <c r="AP31"/>
       <c r="AQ31"/>
       <c r="AR31"/>
       <c r="AS31"/>
       <c r="AT31"/>
       <c r="AU31"/>
       <c r="AV31"/>
       <c r="AW31"/>
       <c r="AX31"/>
     </row>
     <row r="32" ht="15.0" customHeight="true">
       <c r="A32" t="n" s="3">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="B32" t="n" s="3">
-        <v>5.0</v>
-[...2 lines deleted...]
-      <c r="D32" s="4"/>
+        <v>4.0</v>
+      </c>
+      <c r="C32" t="n" s="3">
+        <v>5.0</v>
+      </c>
+      <c r="D32" t="n" s="3">
+        <v>3.0</v>
+      </c>
       <c r="E32" t="n" s="3">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="F32"/>
       <c r="G32"/>
       <c r="H32" t="n" s="3">
-        <v>2.0</v>
-[...2 lines deleted...]
-      <c r="J32" s="4"/>
+        <v>4.0</v>
+      </c>
+      <c r="I32" t="n" s="3">
+        <v>5.0</v>
+      </c>
+      <c r="J32" t="n" s="3">
+        <v>2.0</v>
+      </c>
       <c r="K32" t="n" s="3">
         <v>3.0</v>
       </c>
-      <c r="L32" t="n" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="L32" s="4"/>
       <c r="M32"/>
       <c r="N32"/>
       <c r="O32" t="n" s="3">
-        <v>4.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>2.0</v>
+      </c>
+      <c r="P32" s="4"/>
       <c r="Q32" t="n" s="3">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="R32" t="n" s="3">
-        <v>5.0</v>
+        <v>4.0</v>
       </c>
       <c r="S32" t="n" s="3">
         <v>3.0</v>
       </c>
       <c r="T32"/>
       <c r="U32"/>
-      <c r="V32" t="n" s="3">
-[...2 lines deleted...]
-      <c r="W32" s="4"/>
+      <c r="V32" s="4"/>
+      <c r="W32" t="n" s="3">
+        <v>2.0</v>
+      </c>
       <c r="X32" t="n" s="3">
-        <v>5.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>3.0</v>
+      </c>
+      <c r="Y32" s="4"/>
       <c r="Z32" t="n" s="3">
         <v>4.0</v>
       </c>
       <c r="AA32"/>
       <c r="AB32"/>
       <c r="AC32" t="n" s="3">
-        <v>1.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>5.0</v>
+      </c>
+      <c r="AD32" s="4"/>
       <c r="AE32" t="n" s="3">
-        <v>5.0</v>
+        <v>4.0</v>
       </c>
       <c r="AF32" t="n" s="3">
-        <v>4.0</v>
-[...1 lines deleted...]
-      <c r="AG32" s="4"/>
+        <v>2.0</v>
+      </c>
+      <c r="AG32" t="n" s="3">
+        <v>3.0</v>
+      </c>
       <c r="AH32"/>
       <c r="AI32"/>
       <c r="AJ32"/>
       <c r="AK32"/>
       <c r="AL32"/>
       <c r="AM32"/>
       <c r="AN32"/>
       <c r="AO32"/>
       <c r="AP32"/>
       <c r="AQ32"/>
       <c r="AR32"/>
       <c r="AS32"/>
       <c r="AT32"/>
       <c r="AU32"/>
       <c r="AV32"/>
       <c r="AW32"/>
       <c r="AX32"/>
     </row>
     <row r="33" ht="15.0" customHeight="true">
       <c r="A33" t="n" s="3">
         <v>3.0</v>
       </c>
       <c r="B33" t="n" s="3">
-        <v>2.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>5.0</v>
+      </c>
+      <c r="C33" s="4"/>
       <c r="D33" t="n" s="3">
-        <v>5.0</v>
+        <v>1.0</v>
       </c>
       <c r="E33" s="4"/>
       <c r="F33"/>
       <c r="G33"/>
       <c r="H33" t="n" s="3">
-        <v>3.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>5.0</v>
+      </c>
+      <c r="I33" s="4"/>
       <c r="J33" t="n" s="3">
-        <v>2.0</v>
+        <v>3.0</v>
       </c>
       <c r="K33" s="4"/>
       <c r="L33" t="n" s="3">
-        <v>1.0</v>
+        <v>4.0</v>
       </c>
       <c r="M33"/>
       <c r="N33"/>
-      <c r="O33" t="n" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="O33" s="4"/>
       <c r="P33" t="n" s="3">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="Q33" t="n" s="3">
-        <v>5.0</v>
+        <v>2.0</v>
       </c>
       <c r="R33" t="n" s="3">
-        <v>3.0</v>
-[...1 lines deleted...]
-      <c r="S33" s="4"/>
+        <v>5.0</v>
+      </c>
+      <c r="S33" t="n" s="3">
+        <v>4.0</v>
+      </c>
       <c r="T33"/>
       <c r="U33"/>
       <c r="V33" t="n" s="3">
-        <v>5.0</v>
+        <v>3.0</v>
       </c>
       <c r="W33" t="n" s="3">
-        <v>3.0</v>
-[...7 lines deleted...]
-      </c>
+        <v>1.0</v>
+      </c>
+      <c r="X33" s="4"/>
+      <c r="Y33" t="n" s="3">
+        <v>4.0</v>
+      </c>
+      <c r="Z33" s="4"/>
       <c r="AA33"/>
       <c r="AB33"/>
       <c r="AC33" t="n" s="3">
         <v>4.0</v>
       </c>
       <c r="AD33" t="n" s="3">
-        <v>1.0</v>
-[...4 lines deleted...]
-      <c r="AF33" s="4"/>
+        <v>5.0</v>
+      </c>
+      <c r="AE33" s="4"/>
+      <c r="AF33" t="n" s="3">
+        <v>3.0</v>
+      </c>
       <c r="AG33" t="n" s="3">
-        <v>5.0</v>
+        <v>1.0</v>
       </c>
       <c r="AH33"/>
       <c r="AI33"/>
       <c r="AJ33"/>
       <c r="AK33"/>
       <c r="AL33"/>
       <c r="AM33"/>
       <c r="AN33"/>
       <c r="AO33"/>
       <c r="AP33"/>
       <c r="AQ33"/>
       <c r="AR33"/>
       <c r="AS33"/>
       <c r="AT33"/>
       <c r="AU33"/>
       <c r="AV33"/>
       <c r="AW33"/>
       <c r="AX33"/>
     </row>
     <row r="34" ht="15.0" customHeight="true">
       <c r="A34" t="n" s="3">
-        <v>4.0</v>
+        <v>5.0</v>
       </c>
       <c r="B34" s="4"/>
       <c r="C34" t="n" s="3">
-        <v>5.0</v>
+        <v>2.0</v>
       </c>
       <c r="D34" t="n" s="3">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
       <c r="E34" t="n" s="3">
-        <v>2.0</v>
+        <v>3.0</v>
       </c>
       <c r="F34"/>
       <c r="G34"/>
       <c r="H34" t="n" s="3">
-        <v>5.0</v>
+        <v>2.0</v>
       </c>
       <c r="I34" t="n" s="3">
-        <v>2.0</v>
+        <v>4.0</v>
       </c>
       <c r="J34" t="n" s="3">
-        <v>1.0</v>
+        <v>5.0</v>
       </c>
       <c r="K34" t="n" s="3">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="L34" t="n" s="3">
         <v>3.0</v>
       </c>
       <c r="M34"/>
       <c r="N34"/>
-      <c r="O34" s="4"/>
-[...6 lines deleted...]
-      </c>
+      <c r="O34" t="n" s="3">
+        <v>1.0</v>
+      </c>
+      <c r="P34" t="n" s="3">
+        <v>4.0</v>
+      </c>
+      <c r="Q34" s="4"/>
+      <c r="R34" s="4"/>
       <c r="S34" t="n" s="3">
-        <v>1.0</v>
+        <v>5.0</v>
       </c>
       <c r="T34"/>
       <c r="U34"/>
-      <c r="V34" s="4"/>
+      <c r="V34" t="n" s="3">
+        <v>1.0</v>
+      </c>
       <c r="W34" t="n" s="3">
-        <v>1.0</v>
+        <v>4.0</v>
       </c>
       <c r="X34" t="n" s="3">
-        <v>3.0</v>
+        <v>2.0</v>
       </c>
       <c r="Y34" t="n" s="3">
-        <v>2.0</v>
+        <v>3.0</v>
       </c>
       <c r="Z34" t="n" s="3">
         <v>5.0</v>
       </c>
       <c r="AA34"/>
       <c r="AB34"/>
-      <c r="AC34" s="4"/>
+      <c r="AC34" t="n" s="3">
+        <v>1.0</v>
+      </c>
       <c r="AD34" t="n" s="3">
         <v>4.0</v>
       </c>
       <c r="AE34" t="n" s="3">
-        <v>1.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>3.0</v>
+      </c>
+      <c r="AF34" s="4"/>
       <c r="AG34" t="n" s="3">
-        <v>3.0</v>
+        <v>2.0</v>
       </c>
       <c r="AH34"/>
       <c r="AI34"/>
       <c r="AJ34"/>
       <c r="AK34"/>
       <c r="AL34"/>
       <c r="AM34"/>
       <c r="AN34"/>
       <c r="AO34"/>
       <c r="AP34"/>
       <c r="AQ34"/>
       <c r="AR34"/>
       <c r="AS34"/>
       <c r="AT34"/>
       <c r="AU34"/>
       <c r="AV34"/>
       <c r="AW34"/>
       <c r="AX34"/>
     </row>
     <row r="35" ht="15.0" customHeight="true">
-      <c r="A35" s="4"/>
+      <c r="A35" t="n" s="3">
+        <v>1.0</v>
+      </c>
       <c r="B35" t="n" s="3">
-        <v>4.0</v>
+        <v>2.0</v>
       </c>
       <c r="C35" t="n" s="3">
         <v>3.0</v>
       </c>
       <c r="D35" t="n" s="3">
-        <v>1.0</v>
+        <v>5.0</v>
       </c>
       <c r="E35" t="n" s="3">
-        <v>5.0</v>
+        <v>4.0</v>
       </c>
       <c r="F35"/>
       <c r="G35"/>
-      <c r="H35" t="n" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="H35" s="4"/>
       <c r="I35" t="n" s="3">
         <v>3.0</v>
       </c>
-      <c r="J35" t="n" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="J35" s="4"/>
       <c r="K35" t="n" s="3">
-        <v>1.0</v>
+        <v>5.0</v>
       </c>
       <c r="L35" t="n" s="3">
         <v>2.0</v>
       </c>
       <c r="M35"/>
       <c r="N35"/>
       <c r="O35" t="n" s="3">
-        <v>5.0</v>
+        <v>4.0</v>
       </c>
       <c r="P35" t="n" s="3">
         <v>3.0</v>
       </c>
-      <c r="Q35" s="4"/>
-      <c r="R35" s="4"/>
+      <c r="Q35" t="n" s="3">
+        <v>5.0</v>
+      </c>
+      <c r="R35" t="n" s="3">
+        <v>1.0</v>
+      </c>
       <c r="S35" t="n" s="3">
         <v>2.0</v>
       </c>
       <c r="T35"/>
       <c r="U35"/>
       <c r="V35" t="n" s="3">
-        <v>3.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>4.0</v>
+      </c>
+      <c r="W35" s="4"/>
       <c r="X35" t="n" s="3">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="Y35" t="n" s="3">
-        <v>5.0</v>
-[...1 lines deleted...]
-      <c r="Z35" s="4"/>
+        <v>2.0</v>
+      </c>
+      <c r="Z35" t="n" s="3">
+        <v>3.0</v>
+      </c>
       <c r="AA35"/>
       <c r="AB35"/>
-      <c r="AC35" t="n" s="3">
-[...2 lines deleted...]
-      <c r="AD35" s="4"/>
+      <c r="AC35" s="4"/>
+      <c r="AD35" t="n" s="3">
+        <v>3.0</v>
+      </c>
       <c r="AE35" t="n" s="3">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="AF35" t="n" s="3">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
       <c r="AG35" t="n" s="3">
-        <v>1.0</v>
+        <v>5.0</v>
       </c>
       <c r="AH35"/>
       <c r="AI35"/>
       <c r="AJ35"/>
       <c r="AK35"/>
       <c r="AL35"/>
       <c r="AM35"/>
       <c r="AN35"/>
       <c r="AO35"/>
       <c r="AP35"/>
       <c r="AQ35"/>
       <c r="AR35"/>
       <c r="AS35"/>
       <c r="AT35"/>
       <c r="AU35"/>
       <c r="AV35"/>
       <c r="AW35"/>
       <c r="AX35"/>
     </row>
     <row r="36" ht="15.0" customHeight="true">
       <c r="A36"/>
       <c r="B36"/>
       <c r="C36"/>
       <c r="D36"/>
       <c r="E36"/>
@@ -3209,490 +3209,490 @@
       <c r="AB36"/>
       <c r="AC36"/>
       <c r="AD36"/>
       <c r="AE36"/>
       <c r="AF36"/>
       <c r="AG36"/>
       <c r="AH36"/>
       <c r="AI36"/>
       <c r="AJ36"/>
       <c r="AK36"/>
       <c r="AL36"/>
       <c r="AM36"/>
       <c r="AN36"/>
       <c r="AO36"/>
       <c r="AP36"/>
       <c r="AQ36"/>
       <c r="AR36"/>
       <c r="AS36"/>
       <c r="AT36"/>
       <c r="AU36"/>
       <c r="AV36"/>
       <c r="AW36"/>
       <c r="AX36"/>
     </row>
     <row r="37" ht="15.0" customHeight="true">
-      <c r="A37" s="4"/>
+      <c r="A37" t="n" s="3">
+        <v>4.0</v>
+      </c>
       <c r="B37" t="n" s="3">
-        <v>4.0</v>
+        <v>2.0</v>
       </c>
       <c r="C37" t="n" s="3">
-        <v>5.0</v>
+        <v>3.0</v>
       </c>
       <c r="D37" t="n" s="3">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="E37" t="n" s="3">
-        <v>1.0</v>
+        <v>5.0</v>
       </c>
       <c r="F37"/>
       <c r="G37"/>
       <c r="H37" t="n" s="3">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="I37" t="n" s="3">
         <v>5.0</v>
       </c>
       <c r="J37" t="n" s="3">
-        <v>2.0</v>
-[...4 lines deleted...]
-      </c>
+        <v>3.0</v>
+      </c>
+      <c r="K37" t="n" s="3">
+        <v>4.0</v>
+      </c>
+      <c r="L37" s="4"/>
       <c r="M37"/>
       <c r="N37"/>
-      <c r="O37" t="n" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="O37" s="4"/>
       <c r="P37" t="n" s="3">
         <v>4.0</v>
       </c>
-      <c r="Q37" s="4"/>
+      <c r="Q37" t="n" s="3">
+        <v>3.0</v>
+      </c>
       <c r="R37" t="n" s="3">
-        <v>2.0</v>
-[...1 lines deleted...]
-      <c r="S37" s="4"/>
+        <v>5.0</v>
+      </c>
+      <c r="S37" t="n" s="3">
+        <v>2.0</v>
+      </c>
       <c r="T37"/>
       <c r="U37"/>
       <c r="V37" t="n" s="3">
-        <v>1.0</v>
+        <v>5.0</v>
       </c>
       <c r="W37" t="n" s="3">
         <v>2.0</v>
       </c>
       <c r="X37" t="n" s="3">
-        <v>4.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>3.0</v>
+      </c>
+      <c r="Y37" s="4"/>
       <c r="Z37" t="n" s="3">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
       <c r="AA37"/>
       <c r="AB37"/>
       <c r="AC37" t="n" s="3">
-        <v>5.0</v>
+        <v>4.0</v>
       </c>
       <c r="AD37" t="n" s="3">
-        <v>4.0</v>
-[...1 lines deleted...]
-      <c r="AE37" s="4"/>
+        <v>2.0</v>
+      </c>
+      <c r="AE37" t="n" s="3">
+        <v>3.0</v>
+      </c>
       <c r="AF37" t="n" s="3">
-        <v>3.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>1.0</v>
+      </c>
+      <c r="AG37" s="4"/>
       <c r="AH37"/>
       <c r="AI37"/>
       <c r="AJ37"/>
       <c r="AK37"/>
       <c r="AL37"/>
       <c r="AM37"/>
       <c r="AN37"/>
       <c r="AO37"/>
       <c r="AP37"/>
       <c r="AQ37"/>
       <c r="AR37"/>
       <c r="AS37"/>
       <c r="AT37"/>
       <c r="AU37"/>
       <c r="AV37"/>
       <c r="AW37"/>
       <c r="AX37"/>
     </row>
     <row r="38" ht="15.0" customHeight="true">
       <c r="A38" t="n" s="3">
-        <v>5.0</v>
+        <v>2.0</v>
       </c>
       <c r="B38" t="n" s="3">
-        <v>2.0</v>
+        <v>3.0</v>
       </c>
       <c r="C38" t="n" s="3">
-        <v>4.0</v>
+        <v>5.0</v>
       </c>
       <c r="D38" t="n" s="3">
-        <v>1.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>4.0</v>
+      </c>
+      <c r="E38" s="4"/>
       <c r="F38"/>
       <c r="G38"/>
       <c r="H38" t="n" s="3">
-        <v>5.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>4.0</v>
+      </c>
+      <c r="I38" s="4"/>
       <c r="J38" t="n" s="3">
-        <v>4.0</v>
+        <v>2.0</v>
       </c>
       <c r="K38" t="n" s="3">
         <v>3.0</v>
       </c>
       <c r="L38" t="n" s="3">
-        <v>1.0</v>
+        <v>5.0</v>
       </c>
       <c r="M38"/>
       <c r="N38"/>
       <c r="O38" t="n" s="3">
-        <v>3.0</v>
+        <v>2.0</v>
       </c>
       <c r="P38" t="n" s="3">
         <v>5.0</v>
       </c>
-      <c r="Q38" t="n" s="3">
-[...7 lines deleted...]
-      </c>
+      <c r="Q38" s="4"/>
+      <c r="R38" s="4"/>
+      <c r="S38" s="4"/>
       <c r="T38"/>
       <c r="U38"/>
       <c r="V38" t="n" s="3">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="W38" t="n" s="3">
-        <v>1.0</v>
+        <v>4.0</v>
       </c>
       <c r="X38" s="4"/>
       <c r="Y38" t="n" s="3">
-        <v>3.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>5.0</v>
+      </c>
+      <c r="Z38" s="4"/>
       <c r="AA38"/>
       <c r="AB38"/>
       <c r="AC38" t="n" s="3">
-        <v>3.0</v>
-[...1 lines deleted...]
-      <c r="AD38" s="4"/>
+        <v>1.0</v>
+      </c>
+      <c r="AD38" t="n" s="3">
+        <v>4.0</v>
+      </c>
       <c r="AE38" t="n" s="3">
-        <v>1.0</v>
-[...1 lines deleted...]
-      <c r="AF38" s="4"/>
+        <v>2.0</v>
+      </c>
+      <c r="AF38" t="n" s="3">
+        <v>5.0</v>
+      </c>
       <c r="AG38" t="n" s="3">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
       <c r="AH38"/>
       <c r="AI38"/>
       <c r="AJ38"/>
       <c r="AK38"/>
       <c r="AL38"/>
       <c r="AM38"/>
       <c r="AN38"/>
       <c r="AO38"/>
       <c r="AP38"/>
       <c r="AQ38"/>
       <c r="AR38"/>
       <c r="AS38"/>
       <c r="AT38"/>
       <c r="AU38"/>
       <c r="AV38"/>
       <c r="AW38"/>
       <c r="AX38"/>
     </row>
     <row r="39" ht="15.0" customHeight="true">
       <c r="A39" t="n" s="3">
-        <v>4.0</v>
-[...6 lines deleted...]
-      </c>
+        <v>1.0</v>
+      </c>
+      <c r="B39" s="4"/>
+      <c r="C39" s="4"/>
       <c r="D39" s="4"/>
-      <c r="E39" s="4"/>
+      <c r="E39" t="n" s="3">
+        <v>3.0</v>
+      </c>
       <c r="F39"/>
       <c r="G39"/>
       <c r="H39" t="n" s="3">
         <v>2.0</v>
       </c>
-      <c r="I39" s="4"/>
-[...3 lines deleted...]
-      </c>
+      <c r="I39" t="n" s="3">
+        <v>3.0</v>
+      </c>
+      <c r="J39" t="n" s="3">
+        <v>4.0</v>
+      </c>
+      <c r="K39" s="4"/>
       <c r="L39" t="n" s="3">
-        <v>5.0</v>
+        <v>1.0</v>
       </c>
       <c r="M39"/>
       <c r="N39"/>
       <c r="O39" t="n" s="3">
-        <v>2.0</v>
+        <v>3.0</v>
       </c>
       <c r="P39" s="4"/>
       <c r="Q39" t="n" s="3">
         <v>5.0</v>
       </c>
       <c r="R39" t="n" s="3">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="S39" t="n" s="3">
-        <v>1.0</v>
+        <v>4.0</v>
       </c>
       <c r="T39"/>
       <c r="U39"/>
       <c r="V39" t="n" s="3">
         <v>2.0</v>
       </c>
-      <c r="W39" t="n" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="W39" s="4"/>
       <c r="X39" t="n" s="3">
         <v>5.0</v>
       </c>
       <c r="Y39" t="n" s="3">
         <v>4.0</v>
       </c>
       <c r="Z39" t="n" s="3">
         <v>1.0</v>
       </c>
       <c r="AA39"/>
       <c r="AB39"/>
-      <c r="AC39" s="4"/>
+      <c r="AC39" t="n" s="3">
+        <v>5.0</v>
+      </c>
       <c r="AD39" t="n" s="3">
-        <v>3.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>1.0</v>
+      </c>
+      <c r="AE39" s="4"/>
       <c r="AF39" t="n" s="3">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
       <c r="AG39" t="n" s="3">
         <v>2.0</v>
       </c>
       <c r="AH39"/>
       <c r="AI39"/>
       <c r="AJ39"/>
       <c r="AK39"/>
       <c r="AL39"/>
       <c r="AM39"/>
       <c r="AN39"/>
       <c r="AO39"/>
       <c r="AP39"/>
       <c r="AQ39"/>
       <c r="AR39"/>
       <c r="AS39"/>
       <c r="AT39"/>
       <c r="AU39"/>
       <c r="AV39"/>
       <c r="AW39"/>
       <c r="AX39"/>
     </row>
     <row r="40" ht="15.0" customHeight="true">
-      <c r="A40" t="n" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="A40" s="4"/>
       <c r="B40" t="n" s="3">
-        <v>3.0</v>
-[...1 lines deleted...]
-      <c r="C40" s="4"/>
+        <v>1.0</v>
+      </c>
+      <c r="C40" t="n" s="3">
+        <v>4.0</v>
+      </c>
       <c r="D40" t="n" s="3">
-        <v>5.0</v>
+        <v>3.0</v>
       </c>
       <c r="E40" t="n" s="3">
-        <v>4.0</v>
+        <v>2.0</v>
       </c>
       <c r="F40"/>
       <c r="G40"/>
       <c r="H40" t="n" s="3">
-        <v>4.0</v>
+        <v>5.0</v>
       </c>
       <c r="I40" t="n" s="3">
-        <v>1.0</v>
+        <v>4.0</v>
       </c>
       <c r="J40" t="n" s="3">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="K40" t="n" s="3">
-        <v>5.0</v>
-[...1 lines deleted...]
-      <c r="L40" s="4"/>
+        <v>2.0</v>
+      </c>
+      <c r="L40" t="n" s="3">
+        <v>3.0</v>
+      </c>
       <c r="M40"/>
       <c r="N40"/>
-      <c r="O40" s="4"/>
+      <c r="O40" t="n" s="3">
+        <v>5.0</v>
+      </c>
       <c r="P40" t="n" s="3">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="Q40" t="n" s="3">
-        <v>2.0</v>
+        <v>4.0</v>
       </c>
       <c r="R40" t="n" s="3">
-        <v>3.0</v>
+        <v>2.0</v>
       </c>
       <c r="S40" t="n" s="3">
-        <v>5.0</v>
+        <v>1.0</v>
       </c>
       <c r="T40"/>
       <c r="U40"/>
       <c r="V40" t="n" s="3">
-        <v>5.0</v>
-[...1 lines deleted...]
-      <c r="W40" s="4"/>
+        <v>4.0</v>
+      </c>
+      <c r="W40" t="n" s="3">
+        <v>5.0</v>
+      </c>
       <c r="X40" t="n" s="3">
-        <v>3.0</v>
-[...1 lines deleted...]
-      <c r="Y40" s="4"/>
+        <v>1.0</v>
+      </c>
+      <c r="Y40" t="n" s="3">
+        <v>3.0</v>
+      </c>
       <c r="Z40" t="n" s="3">
         <v>2.0</v>
       </c>
       <c r="AA40"/>
       <c r="AB40"/>
       <c r="AC40" t="n" s="3">
-        <v>4.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>2.0</v>
+      </c>
+      <c r="AD40" s="4"/>
       <c r="AE40" t="n" s="3">
-        <v>3.0</v>
+        <v>5.0</v>
       </c>
       <c r="AF40" t="n" s="3">
-        <v>1.0</v>
-[...1 lines deleted...]
-      <c r="AG40" s="4"/>
+        <v>4.0</v>
+      </c>
+      <c r="AG40" t="n" s="3">
+        <v>1.0</v>
+      </c>
       <c r="AH40"/>
       <c r="AI40"/>
       <c r="AJ40"/>
       <c r="AK40"/>
       <c r="AL40"/>
       <c r="AM40"/>
       <c r="AN40"/>
       <c r="AO40"/>
       <c r="AP40"/>
       <c r="AQ40"/>
       <c r="AR40"/>
       <c r="AS40"/>
       <c r="AT40"/>
       <c r="AU40"/>
       <c r="AV40"/>
       <c r="AW40"/>
       <c r="AX40"/>
     </row>
     <row r="41" ht="15.0" customHeight="true">
       <c r="A41" t="n" s="3">
         <v>3.0</v>
       </c>
-      <c r="B41" s="4"/>
+      <c r="B41" t="n" s="3">
+        <v>5.0</v>
+      </c>
       <c r="C41" t="n" s="3">
         <v>1.0</v>
       </c>
       <c r="D41" t="n" s="3">
-        <v>4.0</v>
+        <v>2.0</v>
       </c>
       <c r="E41" t="n" s="3">
-        <v>2.0</v>
+        <v>4.0</v>
       </c>
       <c r="F41"/>
       <c r="G41"/>
       <c r="H41" s="4"/>
       <c r="I41" t="n" s="3">
-        <v>4.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>2.0</v>
+      </c>
+      <c r="J41" s="4"/>
       <c r="K41" t="n" s="3">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="L41" t="n" s="3">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
       <c r="M41"/>
       <c r="N41"/>
       <c r="O41" t="n" s="3">
-        <v>1.0</v>
+        <v>4.0</v>
       </c>
       <c r="P41" t="n" s="3">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="Q41" t="n" s="3">
-        <v>3.0</v>
-[...1 lines deleted...]
-      <c r="R41" s="4"/>
+        <v>2.0</v>
+      </c>
+      <c r="R41" t="n" s="3">
+        <v>3.0</v>
+      </c>
       <c r="S41" t="n" s="3">
-        <v>4.0</v>
+        <v>5.0</v>
       </c>
       <c r="T41"/>
       <c r="U41"/>
       <c r="V41" s="4"/>
       <c r="W41" t="n" s="3">
-        <v>5.0</v>
+        <v>1.0</v>
       </c>
       <c r="X41" t="n" s="3">
-        <v>1.0</v>
+        <v>4.0</v>
       </c>
       <c r="Y41" t="n" s="3">
         <v>2.0</v>
       </c>
-      <c r="Z41" s="4"/>
+      <c r="Z41" t="n" s="3">
+        <v>5.0</v>
+      </c>
       <c r="AA41"/>
       <c r="AB41"/>
-      <c r="AC41" t="n" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="AC41" s="4"/>
       <c r="AD41" t="n" s="3">
-        <v>1.0</v>
+        <v>5.0</v>
       </c>
       <c r="AE41" t="n" s="3">
-        <v>4.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>1.0</v>
+      </c>
+      <c r="AF41" s="4"/>
       <c r="AG41" t="n" s="3">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
       <c r="AH41"/>
       <c r="AI41"/>
       <c r="AJ41"/>
       <c r="AK41"/>
       <c r="AL41"/>
       <c r="AM41"/>
       <c r="AN41"/>
       <c r="AO41"/>
       <c r="AP41"/>
       <c r="AQ41"/>
       <c r="AR41"/>
       <c r="AS41"/>
       <c r="AT41"/>
       <c r="AU41"/>
       <c r="AV41"/>
       <c r="AW41"/>
       <c r="AX41"/>
     </row>
     <row r="42" ht="15.0" customHeight="true">
       <c r="A42"/>
       <c r="B42"/>
       <c r="C42"/>
       <c r="D42"/>
       <c r="E42"/>
@@ -3721,490 +3721,490 @@
       <c r="AB42"/>
       <c r="AC42"/>
       <c r="AD42"/>
       <c r="AE42"/>
       <c r="AF42"/>
       <c r="AG42"/>
       <c r="AH42"/>
       <c r="AI42"/>
       <c r="AJ42"/>
       <c r="AK42"/>
       <c r="AL42"/>
       <c r="AM42"/>
       <c r="AN42"/>
       <c r="AO42"/>
       <c r="AP42"/>
       <c r="AQ42"/>
       <c r="AR42"/>
       <c r="AS42"/>
       <c r="AT42"/>
       <c r="AU42"/>
       <c r="AV42"/>
       <c r="AW42"/>
       <c r="AX42"/>
     </row>
     <row r="43" ht="15.0" customHeight="true">
-      <c r="A43" t="n" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="A43" s="4"/>
       <c r="B43" t="n" s="3">
-        <v>2.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>1.0</v>
+      </c>
+      <c r="C43" s="4"/>
       <c r="D43" t="n" s="3">
-        <v>5.0</v>
+        <v>4.0</v>
       </c>
       <c r="E43" t="n" s="3">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="F43"/>
       <c r="G43"/>
       <c r="H43" t="n" s="3">
-        <v>1.0</v>
+        <v>4.0</v>
       </c>
       <c r="I43" t="n" s="3">
-        <v>2.0</v>
+        <v>3.0</v>
       </c>
       <c r="J43" t="n" s="3">
-        <v>4.0</v>
+        <v>2.0</v>
       </c>
       <c r="K43" t="n" s="3">
         <v>5.0</v>
       </c>
-      <c r="L43" s="4"/>
+      <c r="L43" t="n" s="3">
+        <v>1.0</v>
+      </c>
       <c r="M43"/>
       <c r="N43"/>
       <c r="O43" t="n" s="3">
-        <v>2.0</v>
+        <v>3.0</v>
       </c>
       <c r="P43" t="n" s="3">
-        <v>4.0</v>
+        <v>2.0</v>
       </c>
       <c r="Q43" s="4"/>
       <c r="R43" t="n" s="3">
-        <v>3.0</v>
-[...1 lines deleted...]
-      <c r="S43" s="4"/>
+        <v>4.0</v>
+      </c>
+      <c r="S43" t="n" s="3">
+        <v>5.0</v>
+      </c>
       <c r="T43"/>
       <c r="U43"/>
       <c r="V43" t="n" s="3">
-        <v>2.0</v>
+        <v>5.0</v>
       </c>
       <c r="W43" t="n" s="3">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="X43" t="n" s="3">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="Y43" t="n" s="3">
         <v>4.0</v>
       </c>
-      <c r="Z43" s="4"/>
+      <c r="Z43" t="n" s="3">
+        <v>3.0</v>
+      </c>
       <c r="AA43"/>
       <c r="AB43"/>
-      <c r="AC43" s="4"/>
+      <c r="AC43" t="n" s="3">
+        <v>1.0</v>
+      </c>
       <c r="AD43" t="n" s="3">
         <v>5.0</v>
       </c>
-      <c r="AE43" s="4"/>
-      <c r="AF43" s="4"/>
+      <c r="AE43" t="n" s="3">
+        <v>4.0</v>
+      </c>
+      <c r="AF43" t="n" s="3">
+        <v>3.0</v>
+      </c>
       <c r="AG43" t="n" s="3">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="AH43"/>
       <c r="AI43"/>
       <c r="AJ43"/>
       <c r="AK43"/>
       <c r="AL43"/>
       <c r="AM43"/>
       <c r="AN43"/>
       <c r="AO43"/>
       <c r="AP43"/>
       <c r="AQ43"/>
       <c r="AR43"/>
       <c r="AS43"/>
       <c r="AT43"/>
       <c r="AU43"/>
       <c r="AV43"/>
       <c r="AW43"/>
       <c r="AX43"/>
     </row>
     <row r="44" ht="15.0" customHeight="true">
       <c r="A44" t="n" s="3">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="B44" t="n" s="3">
-        <v>3.0</v>
+        <v>2.0</v>
       </c>
       <c r="C44" t="n" s="3">
-        <v>5.0</v>
+        <v>1.0</v>
       </c>
       <c r="D44" s="4"/>
-      <c r="E44" s="4"/>
+      <c r="E44" t="n" s="3">
+        <v>4.0</v>
+      </c>
       <c r="F44"/>
       <c r="G44"/>
       <c r="H44" t="n" s="3">
-        <v>5.0</v>
+        <v>1.0</v>
       </c>
       <c r="I44" t="n" s="3">
-        <v>3.0</v>
+        <v>2.0</v>
       </c>
       <c r="J44" t="n" s="3">
-        <v>1.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>5.0</v>
+      </c>
+      <c r="K44" s="4"/>
       <c r="L44" t="n" s="3">
-        <v>2.0</v>
+        <v>3.0</v>
       </c>
       <c r="M44"/>
       <c r="N44"/>
       <c r="O44" t="n" s="3">
-        <v>4.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>1.0</v>
+      </c>
+      <c r="P44" s="4"/>
       <c r="Q44" t="n" s="3">
-        <v>2.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>4.0</v>
+      </c>
+      <c r="R44" s="4"/>
       <c r="S44" t="n" s="3">
-        <v>3.0</v>
+        <v>2.0</v>
       </c>
       <c r="T44"/>
       <c r="U44"/>
-      <c r="V44" s="4"/>
-      <c r="W44" s="4"/>
+      <c r="V44" t="n" s="3">
+        <v>4.0</v>
+      </c>
+      <c r="W44" t="n" s="3">
+        <v>3.0</v>
+      </c>
       <c r="X44" t="n" s="3">
-        <v>4.0</v>
+        <v>2.0</v>
       </c>
       <c r="Y44" t="n" s="3">
         <v>1.0</v>
       </c>
       <c r="Z44" t="n" s="3">
-        <v>2.0</v>
+        <v>5.0</v>
       </c>
       <c r="AA44"/>
       <c r="AB44"/>
       <c r="AC44" t="n" s="3">
-        <v>2.0</v>
-[...4 lines deleted...]
-      </c>
+        <v>5.0</v>
+      </c>
+      <c r="AD44" t="n" s="3">
+        <v>1.0</v>
+      </c>
+      <c r="AE44" s="4"/>
       <c r="AF44" t="n" s="3">
-        <v>1.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>2.0</v>
+      </c>
+      <c r="AG44" s="4"/>
       <c r="AH44"/>
       <c r="AI44"/>
       <c r="AJ44"/>
       <c r="AK44"/>
       <c r="AL44"/>
       <c r="AM44"/>
       <c r="AN44"/>
       <c r="AO44"/>
       <c r="AP44"/>
       <c r="AQ44"/>
       <c r="AR44"/>
       <c r="AS44"/>
       <c r="AT44"/>
       <c r="AU44"/>
       <c r="AV44"/>
       <c r="AW44"/>
       <c r="AX44"/>
     </row>
     <row r="45" ht="15.0" customHeight="true">
       <c r="A45" t="n" s="3">
-        <v>5.0</v>
-[...1 lines deleted...]
-      <c r="B45" s="4"/>
+        <v>4.0</v>
+      </c>
+      <c r="B45" t="n" s="3">
+        <v>5.0</v>
+      </c>
       <c r="C45" t="n" s="3">
-        <v>3.0</v>
+        <v>2.0</v>
       </c>
       <c r="D45" t="n" s="3">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="E45" t="n" s="3">
-        <v>2.0</v>
+        <v>3.0</v>
       </c>
       <c r="F45"/>
       <c r="G45"/>
       <c r="H45" t="n" s="3">
-        <v>3.0</v>
-[...1 lines deleted...]
-      <c r="I45" s="4"/>
+        <v>5.0</v>
+      </c>
+      <c r="I45" t="n" s="3">
+        <v>4.0</v>
+      </c>
       <c r="J45" s="4"/>
       <c r="K45" t="n" s="3">
-        <v>2.0</v>
+        <v>3.0</v>
       </c>
       <c r="L45" t="n" s="3">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="M45"/>
       <c r="N45"/>
-      <c r="O45" t="n" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="O45" s="4"/>
       <c r="P45" t="n" s="3">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="Q45" t="n" s="3">
         <v>3.0</v>
       </c>
       <c r="R45" t="n" s="3">
-        <v>4.0</v>
+        <v>5.0</v>
       </c>
       <c r="S45" t="n" s="3">
-        <v>5.0</v>
+        <v>4.0</v>
       </c>
       <c r="T45"/>
       <c r="U45"/>
       <c r="V45" t="n" s="3">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
       <c r="W45" t="n" s="3">
-        <v>5.0</v>
-[...1 lines deleted...]
-      <c r="X45" s="4"/>
+        <v>1.0</v>
+      </c>
+      <c r="X45" t="n" s="3">
+        <v>4.0</v>
+      </c>
       <c r="Y45" t="n" s="3">
-        <v>2.0</v>
+        <v>5.0</v>
       </c>
       <c r="Z45" t="n" s="3">
-        <v>3.0</v>
+        <v>2.0</v>
       </c>
       <c r="AA45"/>
       <c r="AB45"/>
       <c r="AC45" t="n" s="3">
-        <v>1.0</v>
+        <v>4.0</v>
       </c>
       <c r="AD45" t="n" s="3">
         <v>2.0</v>
       </c>
       <c r="AE45" t="n" s="3">
-        <v>4.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>1.0</v>
+      </c>
+      <c r="AF45" s="4"/>
       <c r="AG45" t="n" s="3">
         <v>3.0</v>
       </c>
       <c r="AH45"/>
       <c r="AI45"/>
       <c r="AJ45"/>
       <c r="AK45"/>
       <c r="AL45"/>
       <c r="AM45"/>
       <c r="AN45"/>
       <c r="AO45"/>
       <c r="AP45"/>
       <c r="AQ45"/>
       <c r="AR45"/>
       <c r="AS45"/>
       <c r="AT45"/>
       <c r="AU45"/>
       <c r="AV45"/>
       <c r="AW45"/>
       <c r="AX45"/>
     </row>
     <row r="46" ht="15.0" customHeight="true">
       <c r="A46" t="n" s="3">
-        <v>4.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>2.0</v>
+      </c>
+      <c r="B46" s="4"/>
       <c r="C46" t="n" s="3">
-        <v>2.0</v>
+        <v>5.0</v>
       </c>
       <c r="D46" t="n" s="3">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="E46" t="n" s="3">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="F46"/>
       <c r="G46"/>
       <c r="H46" t="n" s="3">
-        <v>2.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>3.0</v>
+      </c>
+      <c r="I46" s="4"/>
       <c r="J46" t="n" s="3">
-        <v>3.0</v>
-[...4 lines deleted...]
-      </c>
+        <v>4.0</v>
+      </c>
+      <c r="K46" t="n" s="3">
+        <v>2.0</v>
+      </c>
+      <c r="L46" s="4"/>
       <c r="M46"/>
       <c r="N46"/>
-      <c r="O46" s="4"/>
-      <c r="P46" s="4"/>
+      <c r="O46" t="n" s="3">
+        <v>4.0</v>
+      </c>
+      <c r="P46" t="n" s="3">
+        <v>3.0</v>
+      </c>
       <c r="Q46" t="n" s="3">
-        <v>1.0</v>
-[...4 lines deleted...]
-      </c>
+        <v>5.0</v>
+      </c>
+      <c r="R46" t="n" s="3">
+        <v>2.0</v>
+      </c>
+      <c r="S46" s="4"/>
       <c r="T46"/>
       <c r="U46"/>
-      <c r="V46" t="n" s="3">
-[...13 lines deleted...]
-      </c>
+      <c r="V46" s="4"/>
+      <c r="W46" s="4"/>
+      <c r="X46" s="4"/>
+      <c r="Y46" s="4"/>
+      <c r="Z46" s="4"/>
       <c r="AA46"/>
       <c r="AB46"/>
       <c r="AC46" t="n" s="3">
-        <v>4.0</v>
+        <v>3.0</v>
       </c>
       <c r="AD46" t="n" s="3">
-        <v>1.0</v>
+        <v>4.0</v>
       </c>
       <c r="AE46" t="n" s="3">
-        <v>3.0</v>
+        <v>2.0</v>
       </c>
       <c r="AF46" t="n" s="3">
-        <v>2.0</v>
-[...1 lines deleted...]
-      <c r="AG46" s="4"/>
+        <v>1.0</v>
+      </c>
+      <c r="AG46" t="n" s="3">
+        <v>5.0</v>
+      </c>
       <c r="AH46"/>
       <c r="AI46"/>
       <c r="AJ46"/>
       <c r="AK46"/>
       <c r="AL46"/>
       <c r="AM46"/>
       <c r="AN46"/>
       <c r="AO46"/>
       <c r="AP46"/>
       <c r="AQ46"/>
       <c r="AR46"/>
       <c r="AS46"/>
       <c r="AT46"/>
       <c r="AU46"/>
       <c r="AV46"/>
       <c r="AW46"/>
       <c r="AX46"/>
     </row>
     <row r="47" ht="15.0" customHeight="true">
-      <c r="A47" s="4"/>
+      <c r="A47" t="n" s="3">
+        <v>1.0</v>
+      </c>
       <c r="B47" t="n" s="3">
-        <v>4.0</v>
-[...1 lines deleted...]
-      <c r="C47" s="4"/>
+        <v>3.0</v>
+      </c>
+      <c r="C47" t="n" s="3">
+        <v>4.0</v>
+      </c>
       <c r="D47" t="n" s="3">
-        <v>3.0</v>
-[...3 lines deleted...]
-      </c>
+        <v>2.0</v>
+      </c>
+      <c r="E47" s="4"/>
       <c r="F47"/>
       <c r="G47"/>
       <c r="H47" s="4"/>
       <c r="I47" t="n" s="3">
-        <v>1.0</v>
+        <v>5.0</v>
       </c>
       <c r="J47" t="n" s="3">
-        <v>2.0</v>
+        <v>3.0</v>
       </c>
       <c r="K47" t="n" s="3">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="L47" t="n" s="3">
-        <v>5.0</v>
+        <v>4.0</v>
       </c>
       <c r="M47"/>
       <c r="N47"/>
       <c r="O47" t="n" s="3">
-        <v>3.0</v>
+        <v>5.0</v>
       </c>
       <c r="P47" t="n" s="3">
-        <v>1.0</v>
+        <v>4.0</v>
       </c>
       <c r="Q47" t="n" s="3">
-        <v>4.0</v>
+        <v>2.0</v>
       </c>
       <c r="R47" t="n" s="3">
-        <v>5.0</v>
+        <v>1.0</v>
       </c>
       <c r="S47" t="n" s="3">
-        <v>2.0</v>
+        <v>3.0</v>
       </c>
       <c r="T47"/>
       <c r="U47"/>
       <c r="V47" t="n" s="3">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="W47" t="n" s="3">
-        <v>2.0</v>
+        <v>4.0</v>
       </c>
       <c r="X47" t="n" s="3">
         <v>5.0</v>
       </c>
-      <c r="Y47" s="4"/>
+      <c r="Y47" t="n" s="3">
+        <v>3.0</v>
+      </c>
       <c r="Z47" t="n" s="3">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="AA47"/>
       <c r="AB47"/>
-      <c r="AC47" t="n" s="3">
-[...4 lines deleted...]
-      </c>
+      <c r="AC47" s="4"/>
+      <c r="AD47" s="4"/>
       <c r="AE47" t="n" s="3">
-        <v>1.0</v>
+        <v>5.0</v>
       </c>
       <c r="AF47" t="n" s="3">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
       <c r="AG47" t="n" s="3">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="AH47"/>
       <c r="AI47"/>
       <c r="AJ47"/>
       <c r="AK47"/>
       <c r="AL47"/>
       <c r="AM47"/>
       <c r="AN47"/>
       <c r="AO47"/>
       <c r="AP47"/>
       <c r="AQ47"/>
       <c r="AR47"/>
       <c r="AS47"/>
       <c r="AT47"/>
       <c r="AU47"/>
       <c r="AV47"/>
       <c r="AW47"/>
       <c r="AX47"/>
     </row>
     <row r="48" ht="15.0" customHeight="true">
       <c r="A48"/>
       <c r="B48"/>
       <c r="C48"/>
       <c r="D48"/>
       <c r="E48"/>